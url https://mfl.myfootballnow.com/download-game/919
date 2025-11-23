--- v0 (2025-10-30)
+++ v1 (2025-11-23)
@@ -416,51 +416,51 @@
   <si>
     <t>#43 Kenneth Stanley - FS</t>
   </si>
   <si>
     <t>14:25</t>
   </si>
   <si>
     <t>E.P 24</t>
   </si>
   <si>
     <t>Shotgun Normal FL Slant</t>
   </si>
   <si>
     <t>2-11-E.P 24 (14:24) 8-Maurice Nelson pass Pass knocked down by 44-Glen Clark. incomplete, intended for 13-Edward Robinson.</t>
   </si>
   <si>
     <t>#44 Gary Duquette - FB</t>
   </si>
   <si>
     <t>#10 Michael Irvin - WR</t>
   </si>
   <si>
     <t>#63 Palmer Walker - C</t>
   </si>
   <si>
-    <t>#50 Robert Rowe - SLB</t>
+    <t>#50 Robert Rowe - MLB</t>
   </si>
   <si>
     <t>#27 Mark Chase - SS</t>
   </si>
   <si>
     <t>#37 David Grayson - FS</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>3-11-E.P 24 (14:21) 8-Maurice Nelson pass incomplete, dropped by 49-Stephen Pagano.</t>
   </si>
   <si>
     <t>#21 Alphonso Chevalier - CB</t>
   </si>
   <si>
     <t>#47 Benjamin Summers - CB</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
@@ -539,84 +539,84 @@
   <si>
     <t>#13 Jason Soto - WR</t>
   </si>
   <si>
     <t>#76 Patrick Dodge - LT</t>
   </si>
   <si>
     <t>#77 Carlos Wiles - LG</t>
   </si>
   <si>
     <t>#60 Chester Schatz - C</t>
   </si>
   <si>
     <t>#71 George Hurlburt - RG</t>
   </si>
   <si>
     <t>#68 Robin Linsley - RT</t>
   </si>
   <si>
     <t>#75 James Gibson - DT</t>
   </si>
   <si>
     <t>#72 John Hiatt - LDE</t>
   </si>
   <si>
-    <t>#93 Carey Johnson - WLB</t>
+    <t>#57 Carey Johnson - WLB</t>
   </si>
   <si>
     <t>#96 Christopher Thomas - MLB</t>
   </si>
   <si>
     <t>#99 Kevin Campbell - SLB</t>
   </si>
   <si>
     <t>#47 Robert Miller - CB</t>
   </si>
   <si>
     <t>#21 Ahmad McKeon - CB</t>
   </si>
   <si>
     <t>#42 Howard Debolt - FS</t>
   </si>
   <si>
     <t>13:31</t>
   </si>
   <si>
     <t>ATL 23</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-11-ATL 23 (13:30) 16-Robert Barber pass complete to 29-Javier Fults to ATL 24 for 2 yards. Tackle by 41-Robert Miller.</t>
   </si>
   <si>
-    <t>#87 Terry Satter - TE</t>
+    <t>#83 Terry Satter - TE</t>
   </si>
   <si>
     <t>#39 Lewis Lopez - FB</t>
   </si>
   <si>
     <t>#91 David Richmond - WLB</t>
   </si>
   <si>
     <t>12:53</t>
   </si>
   <si>
     <t>Strong I Big WR Quick In</t>
   </si>
   <si>
     <t>3-10-ATL 24 (12:52) 16-Robert Barber pass Pass knocked down by 20-Johnson Key. incomplete, intended for 29-Javier Fults.</t>
   </si>
   <si>
     <t>12:48</t>
   </si>
   <si>
     <t>4-10-ATL 24 (12:49) 1-Gary Hart punts 49 yards to E.P 27. Fair Catch by 49-Stephen Pagano.</t>
   </si>
   <si>
     <t>#7 Gary Hart - P</t>
   </si>