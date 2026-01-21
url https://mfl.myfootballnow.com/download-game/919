--- v1 (2025-11-23)
+++ v2 (2026-01-21)
@@ -608,51 +608,51 @@
   <si>
     <t>Strong I Big WR Quick In</t>
   </si>
   <si>
     <t>3-10-ATL 24 (12:52) 16-Robert Barber pass Pass knocked down by 20-Johnson Key. incomplete, intended for 29-Javier Fults.</t>
   </si>
   <si>
     <t>12:48</t>
   </si>
   <si>
     <t>4-10-ATL 24 (12:49) 1-Gary Hart punts 49 yards to E.P 27. Fair Catch by 49-Stephen Pagano.</t>
   </si>
   <si>
     <t>#7 Gary Hart - P</t>
   </si>
   <si>
     <t>#55 John Purvis - LT</t>
   </si>
   <si>
     <t>#76 Pasquale Stiles - LG</t>
   </si>
   <si>
     <t>#63 Mark Isabelle - RT</t>
   </si>
   <si>
-    <t>#67 Kristopher Larrison - C</t>
+    <t>#50 Kristopher Larrison - C</t>
   </si>
   <si>
     <t>12:41</t>
   </si>
   <si>
     <t>E.P 27</t>
   </si>
   <si>
     <t>1-10-E.P 27 (12:42) 49-Stephen Pagano ran to E.P 32 for 5 yards. Tackle by 37-David Grayson.</t>
   </si>
   <si>
     <t>12:03</t>
   </si>
   <si>
     <t>E.P 32</t>
   </si>
   <si>
     <t>Shotgun Normal TE Out</t>
   </si>
   <si>
     <t>2-5-E.P 32 (12:02) 8-Maurice Nelson pass Pass knocked down by 46-Brian Armstrong. incomplete, intended for 89-Duncan Yount.</t>
   </si>
   <si>
     <t>11:59</t>
   </si>
@@ -755,51 +755,51 @@
   <si>
     <t>7:21</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>3-6-ATL 24 (7:20) 8-Maurice Nelson pass Pass knocked down by 47-Benjamin Summers. incomplete, intended for 89-Duncan Yount.</t>
   </si>
   <si>
     <t>7:16</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-6-ATL 24 (7:17) 4-Bradford Pettus 42 yard field goal is GOOD. ATL 0 E.P 3</t>
   </si>
   <si>
     <t>#4 Bradford Pettus - K</t>
   </si>
   <si>
-    <t>#99 Austin Anderson - MLB</t>
+    <t>#95 Austin Anderson - MLB</t>
   </si>
   <si>
     <t>7:13</t>
   </si>
   <si>
     <t>E.P 35</t>
   </si>
   <si>
     <t>(7:14) 4-Bradford Pettus kicks 75 yards from E.P 35 to ATL -10. Touchback.</t>
   </si>
   <si>
     <t>ATL 25</t>
   </si>
   <si>
     <t>I Formation Normal TE Flag</t>
   </si>
   <si>
     <t>1-10-ATL 25 (7:14) 16-Robert Barber pass complete to 23-Jeffery Fitzpatrick to ATL 41 for 16 yards. Tackle by 42-Howard Debolt.</t>
   </si>
   <si>
     <t>#47 Jay Jones - CB</t>
   </si>
   <si>
     <t>6:33</t>
   </si>