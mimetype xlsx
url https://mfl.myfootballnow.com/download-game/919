--- v2 (2026-01-21)
+++ v3 (2026-02-21)
@@ -488,51 +488,51 @@
   <si>
     <t>#92 Robert Youngs - LDE</t>
   </si>
   <si>
     <t>#95 Dwain Dubay - SLB</t>
   </si>
   <si>
     <t>#96 Gary Hardy - RDE</t>
   </si>
   <si>
     <t>14:11</t>
   </si>
   <si>
     <t>E.P 29</t>
   </si>
   <si>
     <t>4-6-E.P 29 (14:12) 2-Jaime Atkinson punts 51 yards to ATL 20. 12-Willie Ketchum to ATL 24 for 4 yards. Tackle by 30-Jonathon Jackson. ATL 54-Gary Hardy was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#81 Richard Louis - TE</t>
   </si>
   <si>
     <t>#36 Matthew Maclean - RB</t>
   </si>
   <si>
-    <t>#61 Archie Hurlburt - DT</t>
+    <t>#65 Archie Hurlburt - DT</t>
   </si>
   <si>
     <t>14:03</t>
   </si>
   <si>
     <t>ATL 24</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-ATL 24 (14:04) 23-Jeffery Fitzpatrick ran to ATL 23 for -1 yards. Tackle by 99-Kevin Campbell.</t>
   </si>
   <si>
     <t>#15 Robert Barber - QB</t>
   </si>
   <si>
     <t>#23 Jeffery Fitzpatrick - RB</t>
   </si>
   <si>
     <t>#29 Javier Fults - TE</t>
   </si>
   <si>
     <t>#19 Ronald Sylvester - WR</t>
   </si>