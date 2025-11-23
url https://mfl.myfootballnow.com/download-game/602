--- v0 (2025-10-30)
+++ v1 (2025-11-23)
@@ -344,51 +344,51 @@
   <si>
     <t>S.D 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-S.D 25 (15:00) 32-Dwight Brummitt ran to S.D 31 for 6 yards. Tackle by 46-Brian Armstrong.</t>
   </si>
   <si>
     <t>#7 John Maness - QB</t>
   </si>
   <si>
     <t>#87 Justin Burrows - TE</t>
   </si>
   <si>
     <t>#12 Laurence Eberhard - WR</t>
   </si>
   <si>
     <t>#6 Eric Marshall - WR</t>
   </si>
   <si>
-    <t>#13 Jeff McKnight - WR</t>
+    <t>#14 Jeff McKnight - WR</t>
   </si>
   <si>
     <t>#78 Carlton Sheets - LT</t>
   </si>
   <si>
     <t>#64 Timothy Manna - LG</t>
   </si>
   <si>
     <t>#60 Jason Durham - C</t>
   </si>
   <si>
     <t>#77 John Passmore - LG</t>
   </si>
   <si>
     <t>#71 Shawn Adams - RT</t>
   </si>
   <si>
     <t>#92 Robert Youngs - LDE</t>
   </si>
   <si>
     <t>#64 Gene Lawrence - DT</t>
   </si>
   <si>
     <t>#61 Archie Hurlburt - DT</t>
   </si>
@@ -440,51 +440,51 @@
   <si>
     <t>#16 Warren Colangelo - WR</t>
   </si>
   <si>
     <t>#21 Alphonso Chevalier - CB</t>
   </si>
   <si>
     <t>#47 Benjamin Summers - CB</t>
   </si>
   <si>
     <t>#49 David Martin - SS</t>
   </si>
   <si>
     <t>#37 David Grayson - FS</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>3-4-S.D 31 (14:20) 33-William Williams ran to S.D 30 for -2 yards. Tackle by 57-Robert Rowe.</t>
   </si>
   <si>
-    <t>#50 Robert Rowe - SLB</t>
+    <t>#50 Robert Rowe - MLB</t>
   </si>
   <si>
     <t>13:44</t>
   </si>
   <si>
     <t>S.D 30</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-5-S.D 30 (13:43) 2-David Zellmer punts 51 yards to ATL 19. Fair Catch by 12-Willie Ketchum.</t>
   </si>
   <si>
     <t>#5 David Zellmer - P</t>
   </si>
   <si>
     <t>#77 Kenneth Bailey - RT</t>
   </si>
   <si>
     <t>#11 Willie Ketchum - WR</t>
   </si>