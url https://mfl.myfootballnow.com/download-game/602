--- v1 (2025-11-23)
+++ v2 (2026-01-21)
@@ -461,51 +461,51 @@
   <si>
     <t>3-4-S.D 31 (14:20) 33-William Williams ran to S.D 30 for -2 yards. Tackle by 57-Robert Rowe.</t>
   </si>
   <si>
     <t>#50 Robert Rowe - MLB</t>
   </si>
   <si>
     <t>13:44</t>
   </si>
   <si>
     <t>S.D 30</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-5-S.D 30 (13:43) 2-David Zellmer punts 51 yards to ATL 19. Fair Catch by 12-Willie Ketchum.</t>
   </si>
   <si>
     <t>#5 David Zellmer - P</t>
   </si>
   <si>
-    <t>#77 Kenneth Bailey - RT</t>
+    <t>#58 Kenneth Bailey - RT</t>
   </si>
   <si>
     <t>#11 Willie Ketchum - WR</t>
   </si>
   <si>
     <t>#75 Saul Carlson - LT</t>
   </si>
   <si>
     <t>#83 Robert Johnson - TE</t>
   </si>
   <si>
     <t>#91 Roy Howard - RDE</t>
   </si>
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>ATL 19</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
@@ -584,51 +584,51 @@
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>3-17-ATL 12 (12:18) 11-Martin Barnes pass complete to 23-Jeffery Fitzpatrick to ATL 20 for 8 yards. Tackle by 24-Michael Johnson. 23-Jeffery Fitzpatrick made a great move on the CB.</t>
   </si>
   <si>
     <t>11:45</t>
   </si>
   <si>
     <t>ATL 20</t>
   </si>
   <si>
     <t>4-10-ATL 20 (11:44) 1-Gary Hart punts 42 yards to S.D 38.</t>
   </si>
   <si>
     <t>#7 Gary Hart - P</t>
   </si>
   <si>
     <t>#78 Robert Adams - LG</t>
   </si>
   <si>
     <t>#53 Kelly Stanley - C</t>
   </si>
   <si>
-    <t>#67 Kristopher Larrison - C</t>
+    <t>#50 Kristopher Larrison - C</t>
   </si>
   <si>
     <t>#75 Edward Asher - RT</t>
   </si>
   <si>
     <t>#90 Kenneth Laird - LDE</t>
   </si>
   <si>
     <t>11:34</t>
   </si>
   <si>
     <t>S.D 38</t>
   </si>
   <si>
     <t>1-10-S.D 38 (11:35) 33-William Williams ran to S.D 36 for -2 yards. Tackle by 58-Kevin Gilmore.</t>
   </si>
   <si>
     <t>11:02</t>
   </si>
   <si>
     <t>S.D 36</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>