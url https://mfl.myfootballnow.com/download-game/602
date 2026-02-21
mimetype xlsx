--- v2 (2026-01-21)
+++ v3 (2026-02-21)
@@ -368,51 +368,51 @@
   <si>
     <t>#14 Jeff McKnight - WR</t>
   </si>
   <si>
     <t>#78 Carlton Sheets - LT</t>
   </si>
   <si>
     <t>#64 Timothy Manna - LG</t>
   </si>
   <si>
     <t>#60 Jason Durham - C</t>
   </si>
   <si>
     <t>#77 John Passmore - LG</t>
   </si>
   <si>
     <t>#71 Shawn Adams - RT</t>
   </si>
   <si>
     <t>#92 Robert Youngs - LDE</t>
   </si>
   <si>
     <t>#64 Gene Lawrence - DT</t>
   </si>
   <si>
-    <t>#61 Archie Hurlburt - DT</t>
+    <t>#65 Archie Hurlburt - DT</t>
   </si>
   <si>
     <t>#96 Gary Hardy - RDE</t>
   </si>
   <si>
     <t>#95 Dwain Dubay - SLB</t>
   </si>
   <si>
     <t>#97 Matthew Clark - MLB</t>
   </si>
   <si>
     <t>#58 Kevin Gilmore - WLB</t>
   </si>
   <si>
     <t>#21 Keith Mason - CB</t>
   </si>
   <si>
     <t>#44 Glen Clark - CB</t>
   </si>
   <si>
     <t>#46 Brian Armstrong - SS</t>
   </si>
   <si>
     <t>#43 Kenneth Stanley - FS</t>
   </si>