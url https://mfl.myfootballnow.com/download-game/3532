--- v0 (2026-02-07)
+++ v1 (2026-03-10)
@@ -1718,51 +1718,51 @@
   <si>
     <t>8:14</t>
   </si>
   <si>
     <t>1-10-NSH 46 (8:13) 18-Ernest Bullion pass Pass knocked down by 38-John Wallace. incomplete, intended for 86-Micheal Bentz. MEM 79-Elijah Thompson was injured on the play.</t>
   </si>
   <si>
     <t>8:09</t>
   </si>
   <si>
     <t>2-10-NSH 46 (8:10) 18-Ernest Bullion sacked at MEM 47 for -7 yards (42-Jamie Gilbert). Sack allowed by 58-Jeffrey Stevens. NSH 42-Jamie Gilbert was injured on the play.</t>
   </si>
   <si>
     <t>#61 Ernest Wolfe - LG</t>
   </si>
   <si>
     <t>7:25</t>
   </si>
   <si>
     <t>Split Backs Normal WR Deep Corner</t>
   </si>
   <si>
     <t>3-17-MEM 47 (7:24) 13-Roberto Barron pass complete to 81-John Carr to NSH 42 for 11 yards. Tackle by 37-Allan Burns.</t>
   </si>
   <si>
-    <t>#64 Andrew Hughes - RG</t>
+    <t>#64 Andrew Hughes - LG</t>
   </si>
   <si>
     <t>6:38</t>
   </si>
   <si>
     <t>NSH 42</t>
   </si>
   <si>
     <t>4-6-NSH 42 (6:37) 3-Roy Moreno punts 35 yards to NSH 7.</t>
   </si>
   <si>
     <t>6:28</t>
   </si>
   <si>
     <t>NSH 7</t>
   </si>
   <si>
     <t>Singleback 4 Wide Quick Outs</t>
   </si>
   <si>
     <t>1-10-NSH 7 (6:29) 9-John Dawson pass incomplete, intended for 15-Angel Roberts. PENALTY - Pass Interference (MEM 34-Jeffery Leblanc) (Declined) PENALTY - Pass Interference (MEM 35-Peter Scott)</t>
   </si>
   <si>
     <t>6:24</t>
   </si>