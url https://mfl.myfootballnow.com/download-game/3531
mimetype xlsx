--- v0 (2026-02-07)
+++ v1 (2026-03-10)
@@ -509,51 +509,51 @@
   <si>
     <t>#75 Stephen Greenwood - DT</t>
   </si>
   <si>
     <t>11:24</t>
   </si>
   <si>
     <t>DET 20</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-DET 20 (11:25) 38-Joe Evans ran to DET 20 for a short gain. Tackle by 57-Norman Yeager.</t>
   </si>
   <si>
     <t>#15 Robert Barber - QB</t>
   </si>
   <si>
     <t>#38 Joe Evans - RB</t>
   </si>
   <si>
     <t>#28 Stan Cawthon - FB</t>
   </si>
   <si>
-    <t>#89 Lawrence Brayton - TE</t>
+    <t>#82 Lawrence Brayton - TE</t>
   </si>
   <si>
     <t>#15 James Miller - WR</t>
   </si>
   <si>
     <t>#70 Ronald Kerr - RT</t>
   </si>
   <si>
     <t>#69 Dick Head - LG</t>
   </si>
   <si>
     <t>#73 Troy Wellman - C</t>
   </si>
   <si>
     <t>#50 Dustin Granados - LG</t>
   </si>
   <si>
     <t>#79 Charles Daniel - RT</t>
   </si>
   <si>
     <t>#73 Clifton Meadows - DT</t>
   </si>
   <si>
     <t>#57 Norman Yeager - DT</t>
   </si>