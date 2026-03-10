--- v0 (2026-02-07)
+++ v1 (2026-03-10)
@@ -287,102 +287,102 @@
   <si>
     <t>DEN has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>HEW</t>
   </si>
   <si>
     <t>HEW 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-Kenneth Williams kicks 75 yards from HEW 35 to DEN -10. Touchback.</t>
   </si>
   <si>
     <t>#48 Duck Billingsworth - RB</t>
   </si>
   <si>
     <t>#19 Ronnie Lott - CB</t>
   </si>
   <si>
-    <t>#59 Donovan Parker - MLB</t>
+    <t>#59 Donovan Parker - SLB</t>
   </si>
   <si>
     <t>#45 Russell Lyons - CB</t>
   </si>
   <si>
     <t>#79 John Ford - LDE</t>
   </si>
   <si>
     <t>#54 Richard Matherly - WLB</t>
   </si>
   <si>
     <t>#75 Thomas Sage - RDE</t>
   </si>
   <si>
     <t>#53 James Moore - MLB</t>
   </si>
   <si>
     <t>#57 Christian Reid - SLB</t>
   </si>
   <si>
     <t>#39 Donald Doman - FS</t>
   </si>
   <si>
     <t>#93 Mark Zehr - WLB</t>
   </si>
   <si>
     <t>#7 Kenneth Williams - K</t>
   </si>
   <si>
     <t>DEN</t>
   </si>
   <si>
     <t>DEN 25</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-DEN 25 (15:00) 32-Harry Stuhldreher ran to DEN 26 for 1 yards. Tackle by 98-Carl Owen.</t>
   </si>
   <si>
     <t>#12 Johnny Callahan - QB</t>
   </si>
   <si>
     <t>#32 Harry Stuhldreher - RB</t>
   </si>
   <si>
-    <t>#85 Garrett Peace - TE</t>
+    <t>#23 Garrett Peace - TE</t>
   </si>
   <si>
     <t>#18 Machine Gun Kelly - WR</t>
   </si>
   <si>
     <t>#88 Robert Soares - WR</t>
   </si>
   <si>
     <t>#80 Davante Adams     - WR</t>
   </si>
   <si>
     <t>#62 Jerome Daniel - LT</t>
   </si>
   <si>
     <t>#66 Melvin Caverly - C</t>
   </si>
   <si>
     <t>#61 Kenneth Goodloe - C</t>
   </si>
   <si>
     <t>#50 Jeffrey Johnson - RG</t>
   </si>
   <si>
     <t>#68 Bubba Moore - LT</t>
   </si>
@@ -431,51 +431,51 @@
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-9-DEN 26 (14:21) 32-Harry Stuhldreher ran to DEN 38 for 11 yards. Tackle by 36-Arthur Colbert. PENALTY - Offsides (HEW 73-Max Martin) (Declined)</t>
   </si>
   <si>
     <t>#52 Tommy Smith - WLB</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>DEN 38</t>
   </si>
   <si>
     <t>Shotgun 5 Wide 5 WR Deep Ins</t>
   </si>
   <si>
     <t>Quarter Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-DEN 38 (14:18) 12-Johnny Callahan pass complete to 28-Over Underwood to DEN 47 for 10 yards. Tackle by 56-Jeremy Caswell.</t>
   </si>
   <si>
-    <t>#20 Leo Taylor - RB</t>
+    <t>#20 Leo Taylor - WR</t>
   </si>
   <si>
     <t>#28 Over Underwood - RB</t>
   </si>
   <si>
     <t>#58 Jeremy Gonzales - WLB</t>
   </si>
   <si>
     <t>#56 Jeremy Caswell - MLB</t>
   </si>
   <si>
     <t>13:42</t>
   </si>
   <si>
     <t>DEN 47</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-1-DEN 47 (13:41) 32-Harry Stuhldreher ran to HEW 43 for 10 yards. Tackle by 52-Tommy Smith.</t>
   </si>
@@ -761,51 +761,51 @@
   <si>
     <t>8:05</t>
   </si>
   <si>
     <t>HEW 45</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>3-19-HEW 45 (8:04) 5-Lawrence Allen pass Pass knocked down by 19-Ronnie Lott. incomplete, intended for 28-Michael Grayson.</t>
   </si>
   <si>
     <t>7:59</t>
   </si>
   <si>
     <t>4-19-HEW 45 (8:00) 19-Bruce Johnson punts 60 yards to DEN -5.4-19-HEW 45 (8:00) 19-Bruce Johnson punts 60 yards to DEN -5. Touchback.</t>
   </si>
   <si>
     <t>#19 Bruce Johnson - P</t>
   </si>
   <si>
     <t>#82 Albert Claypool - TE</t>
   </si>
   <si>
-    <t>#56 James Howell - WLB</t>
+    <t>#56 James Howell - MLB</t>
   </si>
   <si>
     <t>#70 Brent Chase - RDE</t>
   </si>
   <si>
     <t>7:51</t>
   </si>
   <si>
     <t>DEN 20</t>
   </si>
   <si>
     <t>Weak I Normal FB Inside Weak</t>
   </si>
   <si>
     <t>1-10-DEN 20 (7:52) 46-Don Miller ran to DEN 21 for 1 yards. Tackle by 57-James Gonzales.</t>
   </si>
   <si>
     <t>#99 Reginald Allen - MLB</t>
   </si>
   <si>
     <t>7:13</t>
   </si>
   <si>
     <t>DEN 21</t>
   </si>