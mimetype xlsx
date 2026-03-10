--- v0 (2026-02-07)
+++ v1 (2026-03-10)
@@ -344,51 +344,51 @@
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>MIA 31</t>
   </si>
   <si>
     <t>I Formation Normal FB Middle</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-MIA 31 (14:55) 14-Stewart Sacco pass complete to 10-George Pickens to MIA 36 for 5 yards. Tackle by 48-Christopher Morgan.</t>
   </si>
   <si>
     <t>#14 Stewart Sacco - QB</t>
   </si>
   <si>
     <t>#34 Joe Windham - RB</t>
   </si>
   <si>
     <t>#85 Edwin Burgan - TE</t>
   </si>
   <si>
-    <t>#84 Arthur West - TE</t>
+    <t>#81 Arthur West - TE</t>
   </si>
   <si>
     <t>#82 Scott Simmons - WR</t>
   </si>
   <si>
     <t>#10 George Pickens - WR</t>
   </si>
   <si>
     <t>#55 Thomas Saenz - LT</t>
   </si>
   <si>
     <t>#61 Robert Lee - LG</t>
   </si>
   <si>
     <t>#70 James Massa - C</t>
   </si>
   <si>
     <t>#4 Frank Smith - RG</t>
   </si>
   <si>
     <t>#64 John Brown - RT</t>
   </si>
   <si>
     <t>#77 Thomas Lafferty - LDE</t>
   </si>