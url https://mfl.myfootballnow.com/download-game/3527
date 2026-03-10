--- v0 (2026-02-07)
+++ v1 (2026-03-10)
@@ -455,51 +455,51 @@
   <si>
     <t>13:06</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-14-N.O 21 (13:05) 86-Jeffery Lewis punts 49 yards to HOU 30. Fair Catch by 30-Robert Sweet.</t>
   </si>
   <si>
     <t>#86 Jeffery Lewis - P</t>
   </si>
   <si>
     <t>#30 Robert Sweet - RB</t>
   </si>
   <si>
     <t>#56 Jay Roy - MLB</t>
   </si>
   <si>
     <t>#45 William Hashimoto - FS</t>
   </si>
   <si>
-    <t>#51 Robert Gregory - MLB</t>
+    <t>#51 Robert Gregory - SLB</t>
   </si>
   <si>
     <t>#74 Phillip Kearns - LT</t>
   </si>
   <si>
     <t>#75 Edward Bugbee - RG</t>
   </si>
   <si>
     <t>#79 Bobby Gehl - RT</t>
   </si>
   <si>
     <t>#71 Gordon Luna - RDE</t>
   </si>
   <si>
     <t>#68 Marvin Jaramillo - DT</t>
   </si>
   <si>
     <t>12:57</t>
   </si>
   <si>
     <t>HOU 30</t>
   </si>
   <si>
     <t>Shotgun Normal TE Out</t>
   </si>