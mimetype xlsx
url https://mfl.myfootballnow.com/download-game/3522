--- v0 (2026-02-07)
+++ v1 (2026-03-10)
@@ -308,84 +308,84 @@
   <si>
     <t>#34 Philip Smith - RB</t>
   </si>
   <si>
     <t>#46 Brian Armstrong - SS</t>
   </si>
   <si>
     <t>#59 Joseph Tarver - MLB</t>
   </si>
   <si>
     <t>#72 Christopher Pruett - DT</t>
   </si>
   <si>
     <t>#51 David Branson - DT</t>
   </si>
   <si>
     <t>#38 Steve Gillespie - CB</t>
   </si>
   <si>
     <t>#90 Christopher Thomas - MLB</t>
   </si>
   <si>
     <t>#52 Scott Reid - LDE</t>
   </si>
   <si>
-    <t>#36 Horace Street - FS</t>
+    <t>#40 Horace Street - FS</t>
   </si>
   <si>
     <t>#50 Russell McNeill - SLB</t>
   </si>
   <si>
     <t>#15 Matthew Williams - K</t>
   </si>
   <si>
     <t>PHI</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>PHI 30</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-PHI 30 (14:55) 30-Matthew Schmitt ran to PHI 37 for 7 yards. Tackle by 39-Tyrone Slaughter.</t>
   </si>
   <si>
     <t>#17 James Ball - QB</t>
   </si>
   <si>
     <t>#30 Matthew Schmitt - RB</t>
   </si>
   <si>
-    <t>#82 Eric Williams - TE</t>
+    <t>#83 Eric Williams - TE</t>
   </si>
   <si>
     <t>#80 John Lawson - WR</t>
   </si>
   <si>
     <t>#86 John Reddy - WR</t>
   </si>
   <si>
     <t>#10 Jeffery Nelson - WR</t>
   </si>
   <si>
     <t>#55 John Purvis - LT</t>
   </si>
   <si>
     <t>#65 William Taylor - LG</t>
   </si>
   <si>
     <t>#56 Michael Hemphill - C</t>
   </si>
   <si>
     <t>#70 Arturo Ammerman - RG</t>
   </si>
   <si>
     <t>#68 Frank Shirley - RT</t>
   </si>
@@ -575,51 +575,51 @@
   <si>
     <t>#20 Cody Tomlinson - FB</t>
   </si>
   <si>
     <t>11:17</t>
   </si>
   <si>
     <t>WSH 17</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>3-7-WSH 17 (11:16) 41-Timothy Thomas ran to WSH 18 for a short gain. Tackle by 51-David Branson. 50-Kristopher Larrison totally missed that block.</t>
   </si>
   <si>
     <t>#30 Jack Mallory - RB</t>
   </si>
   <si>
     <t>#83 Marvin Farmer - TE</t>
   </si>
   <si>
-    <t>#94 Hershel Wyman - LDE</t>
+    <t>#62 Hershel Wyman - LDE</t>
   </si>
   <si>
     <t>10:44</t>
   </si>
   <si>
     <t>4-7-WSH 18 (10:43) 2-Barry Scott punts 44 yards to PHI 38. 10-Jeffery Nelson to PHI 38 for 0 yards. Tackle by 59-Christopher Martinez.</t>
   </si>
   <si>
     <t>#2 Barry Scott - P</t>
   </si>
   <si>
     <t>#80 Terry Cabrera - TE</t>
   </si>
   <si>
     <t>#72 Willie Starke - LG</t>
   </si>
   <si>
     <t>#73 Andrew Park - RT</t>
   </si>
   <si>
     <t>#93 John Farnsworth - WLB</t>
   </si>
   <si>
     <t>10:35</t>
   </si>