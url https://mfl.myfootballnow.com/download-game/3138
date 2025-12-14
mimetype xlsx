--- v0 (2025-11-23)
+++ v1 (2025-12-14)
@@ -347,51 +347,51 @@
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-L.V 25 (15:00) 34-Felix Nelson ran to L.V 27 for 2 yards. Tackle by 55-Edward Schmitt.</t>
   </si>
   <si>
     <t>#2 Don Allen - QB</t>
   </si>
   <si>
     <t>#34 Felix Nelson - RB</t>
   </si>
   <si>
     <t>#87 Alden Wilder - WR</t>
   </si>
   <si>
     <t>#30 Archie Fulton - FB</t>
   </si>
   <si>
     <t>#81 David Marcus - TE</t>
   </si>
   <si>
-    <t>#89 Eric Warner - TE</t>
+    <t>#88 Eric Warner - TE</t>
   </si>
   <si>
     <t>#68 Jeffery Morrison - LT</t>
   </si>
   <si>
     <t>#60 Larry Davis - LG</t>
   </si>
   <si>
     <t>#69 Louis Sanders - C</t>
   </si>
   <si>
     <t>#58 Carl Maynard - RG</t>
   </si>
   <si>
     <t>#52 Jason Diaz - RT</t>
   </si>
   <si>
     <t>#98 Russell Sears - LDE</t>
   </si>
   <si>
     <t>#95 Lawrence Hillenbrand - LDE</t>
   </si>
   <si>
     <t>#78 Norman Arnold - DT</t>
   </si>