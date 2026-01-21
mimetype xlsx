--- v1 (2025-12-14)
+++ v2 (2026-01-21)
@@ -527,81 +527,81 @@
   <si>
     <t>MMR 40</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-1-MMR 40 (11:34) 34-Felix Nelson ran to MMR 40 for a short loss. Tackle by 78-Norman Arnold. Turnover on downs.</t>
   </si>
   <si>
     <t>11:31</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Slot Post</t>
   </si>
   <si>
     <t>1-10-MMR 40 (11:32) 14-John Frazier pass Pass knocked down by 40-James Ackerman. incomplete, intended for 19-Aaron Alworth. Pressure by 98-Cyril Thomas. PENALTY - Pass Interference (L.V 47-Raymond McKee)</t>
   </si>
   <si>
     <t>#14 John Frazier - QB</t>
   </si>
   <si>
     <t>#26 John Croy - RB</t>
   </si>
   <si>
-    <t>#84 Michael Wingard - TE</t>
+    <t>#83 Michael Wingard - TE</t>
   </si>
   <si>
     <t>#17 David Whitworth - WR</t>
   </si>
   <si>
     <t>#19 Aaron Alworth - WR</t>
   </si>
   <si>
     <t>#8 Edwin Baker - WR</t>
   </si>
   <si>
     <t>#78 Steve Corral - LT</t>
   </si>
   <si>
     <t>#68 Orville King - LG</t>
   </si>
   <si>
     <t>#64 Pancake Tuesday - LG</t>
   </si>
   <si>
     <t>#73 Donald Cue - RT</t>
   </si>
   <si>
     <t>#65 Charles Wilhelm - RT</t>
   </si>
   <si>
     <t>#94 Eddie Anderson - LDE</t>
   </si>
   <si>
-    <t>#66 Jack Wright - DT</t>
+    <t>#61 Jack Wright - DT</t>
   </si>
   <si>
     <t>#97 James Raymond - MLB</t>
   </si>
   <si>
     <t>#41 Vincent Mattison - CB</t>
   </si>
   <si>
     <t>#1 John Kinley - SS</t>
   </si>
   <si>
     <t>11:28</t>
   </si>
   <si>
     <t>MMR 48</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-MMR 48 (11:29) 14-John Frazier pass complete to 5-Eddie Koehler to L.V 20 for 32 yards. Tackle by 40-James Ackerman. 97-James Raymond got away with a hold on that play.</t>
   </si>
@@ -671,51 +671,51 @@
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-18-L.V 28 (9:22) 7-Eric Ross 45 yard field goal is NO GOOD. (Wide Right)</t>
   </si>
   <si>
     <t>#3 Brian Kilmer - QB</t>
   </si>
   <si>
     <t>#76 Stephen Jost - C</t>
   </si>
   <si>
     <t>#72 Jason Vaughan - C</t>
   </si>
   <si>
     <t>#51 Wayne Clayton - FS</t>
   </si>
   <si>
     <t>#99 Kenneth Schutte - LDE</t>
   </si>
   <si>
-    <t>#96 Douglas Davis - WLB</t>
+    <t>#96 Douglas Davis - LDE</t>
   </si>
   <si>
     <t>9:18</t>
   </si>
   <si>
     <t>L.V 35</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>1-10-L.V 35 (9:19) 34-Felix Nelson ran to L.V 37 for 2 yards. Tackle by 51-Butch McBride. L.V 30-Archie Fulton was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>8:43</t>
   </si>
   <si>
     <t>L.V 37</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>2-8-L.V 37 (8:42) 2-Don Allen pass complete to 34-Felix Nelson to L.V 41 for 5 yards. Tackle by 51-Butch McBride. L.V 43-William Beard was injured on the play. He looks like he should be able to return.</t>
   </si>