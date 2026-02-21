--- v2 (2026-01-21)
+++ v3 (2026-02-21)
@@ -365,60 +365,60 @@
   <si>
     <t>#30 Archie Fulton - FB</t>
   </si>
   <si>
     <t>#81 David Marcus - TE</t>
   </si>
   <si>
     <t>#88 Eric Warner - TE</t>
   </si>
   <si>
     <t>#68 Jeffery Morrison - LT</t>
   </si>
   <si>
     <t>#60 Larry Davis - LG</t>
   </si>
   <si>
     <t>#69 Louis Sanders - C</t>
   </si>
   <si>
     <t>#58 Carl Maynard - RG</t>
   </si>
   <si>
     <t>#52 Jason Diaz - RT</t>
   </si>
   <si>
-    <t>#98 Russell Sears - LDE</t>
+    <t>#98 Russell Sears - DT</t>
   </si>
   <si>
     <t>#95 Lawrence Hillenbrand - LDE</t>
   </si>
   <si>
     <t>#78 Norman Arnold - DT</t>
   </si>
   <si>
-    <t>#74 Bobby Karas - DT</t>
+    <t>#92 Bobby Karas - DT</t>
   </si>
   <si>
     <t>#66 Frank Erskine - RDE</t>
   </si>
   <si>
     <t>#51 Butch McBride - WLB</t>
   </si>
   <si>
     <t>#55 Edward Schmitt - MLB</t>
   </si>
   <si>
     <t>#53 William Walls - WLB</t>
   </si>
   <si>
     <t>#39 Calvin Sumner - CB</t>
   </si>
   <si>
     <t>#32 Keith Harding - CB</t>
   </si>
   <si>
     <t>#38 Nathan Cromwell - FS</t>
   </si>
   <si>
     <t>14:17</t>
   </si>