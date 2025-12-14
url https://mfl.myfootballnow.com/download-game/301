--- v0 (2025-10-30)
+++ v1 (2025-12-14)
@@ -455,51 +455,51 @@
   <si>
     <t>13:11</t>
   </si>
   <si>
     <t>E.P 33</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-E.P 33 (13:10) 2-Jaime Atkinson punts 46 yards to ATL 21. Fair Catch by 12-Willie Ketchum.</t>
   </si>
   <si>
     <t>#2 Jaime Atkinson - P</t>
   </si>
   <si>
     <t>#53 Lawrence Davis - C</t>
   </si>
   <si>
     <t>#11 Willie Ketchum - WR</t>
   </si>
   <si>
-    <t>#50 Robert Rowe - SLB</t>
+    <t>#50 Robert Rowe - MLB</t>
   </si>
   <si>
     <t>#76 Sterling Allen - LG</t>
   </si>
   <si>
     <t>#79 Keith Rogers - RT</t>
   </si>
   <si>
     <t>#56 Robert Pacheco - MLB</t>
   </si>
   <si>
     <t>13:02</t>
   </si>
   <si>
     <t>ATL 21</t>
   </si>
   <si>
     <t>Singleback Normal SE Quick Hit</t>
   </si>
   <si>
     <t>46 Normal Inside Blitz</t>
   </si>
   <si>
     <t>1-10-ATL 21 (13:03) 11-Martin Barnes pass complete to 19-Ronald Sylvester to ATL 27 for 5 yards. Tackle by 91-David Richmond. PENALTY - Pass Interference (E.P 91-David Richmond)</t>
   </si>
@@ -668,51 +668,51 @@
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>3-8-E.P 29 (10:22) 24-Matthew Maclean ran to E.P 30 for 1 yards. Tackle by 72-Thomas Davis. E.P 59-Donald Shelton was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>9:49</t>
   </si>
   <si>
     <t>E.P 30</t>
   </si>
   <si>
     <t>4-7-E.P 30 (9:48) 2-Jaime Atkinson punts 41 yards to ATL 29. Fair Catch by 12-Willie Ketchum.</t>
   </si>
   <si>
     <t>9:41</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>1-10-ATL 29 (9:42) 11-Martin Barnes pass complete to 88-Ryan Madison to ATL 30 for 1 yards. Tackle by 21-Ahmad McKeon.</t>
   </si>
   <si>
-    <t>#62 Billy Hancock - LDE</t>
+    <t>#75 Billy Hancock - LDE</t>
   </si>
   <si>
     <t>9:06</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>2-9-ATL 30 (9:05) 23-Jeffery Fitzpatrick ran to ATL 31 for 1 yards. Tackle by 97-Melvin Tsang. E.P 97-Melvin Tsang was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>8:31</t>
   </si>
   <si>
     <t>ATL 31</t>
   </si>
   <si>
     <t>3-8-ATL 31 (8:30) 23-Jeffery Fitzpatrick ran to ATL 32 for 1 yards. Tackle by 91-David Richmond.</t>
   </si>
   <si>
     <t>7:50</t>
   </si>