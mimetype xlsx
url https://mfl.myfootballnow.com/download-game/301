--- v1 (2025-12-14)
+++ v2 (2026-02-21)
@@ -368,51 +368,51 @@
   <si>
     <t>#11 Gregory Ryan - WR</t>
   </si>
   <si>
     <t>#62 Dean Carter - LT</t>
   </si>
   <si>
     <t>#77 Dillon Trent - LG</t>
   </si>
   <si>
     <t>#63 Palmer Walker - C</t>
   </si>
   <si>
     <t>#76 Patrick Dodge - LT</t>
   </si>
   <si>
     <t>#59 Donald Shelton - RT</t>
   </si>
   <si>
     <t>#87 Thomas Davis - LDE</t>
   </si>
   <si>
     <t>#64 Gene Lawrence - DT</t>
   </si>
   <si>
-    <t>#61 Archie Hurlburt - DT</t>
+    <t>#65 Archie Hurlburt - DT</t>
   </si>
   <si>
     <t>#96 Gary Hardy - RDE</t>
   </si>
   <si>
     <t>#93 Fred Jameson - SLB</t>
   </si>
   <si>
     <t>#97 Matthew Clark - MLB</t>
   </si>
   <si>
     <t>#58 Kevin Gilmore - WLB</t>
   </si>
   <si>
     <t>#44 Glen Clark - CB</t>
   </si>
   <si>
     <t>#21 Alphonso Chevalier - CB</t>
   </si>
   <si>
     <t>#46 Brian Armstrong - SS</t>
   </si>
   <si>
     <t>#43 Kenneth Stanley - FS</t>
   </si>