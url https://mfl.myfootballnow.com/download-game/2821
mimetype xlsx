--- v0 (2025-10-30)
+++ v1 (2025-12-14)
@@ -290,144 +290,144 @@
   <si>
     <t>E.P</t>
   </si>
   <si>
     <t>E.P 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 4-Bradford Pettus kicks 71 yards from E.P 35 to MMR -6. Touchback.</t>
   </si>
   <si>
     <t>#31 Harold Carroll - RB</t>
   </si>
   <si>
     <t>#78 Norman Arnold - DT</t>
   </si>
   <si>
     <t>#45 James Donovan - CB</t>
   </si>
   <si>
-    <t>#20 Jaime Crenshaw - CB</t>
+    <t>#22 Jaime Crenshaw - CB</t>
   </si>
   <si>
     <t>#53 Ryan Willhite - MLB</t>
   </si>
   <si>
     <t>#9 Timothy Houston - WLB</t>
   </si>
   <si>
     <t>#43 Jose Cleveland - FS</t>
   </si>
   <si>
     <t>#33 Clarence Brown - CB</t>
   </si>
   <si>
     <t>#97 James Raymond - MLB</t>
   </si>
   <si>
     <t>#94 John Izquierdo - LDE</t>
   </si>
   <si>
     <t>#97 Donald Olvera - SLB</t>
   </si>
   <si>
     <t>#4 Bradford Pettus - K</t>
   </si>
   <si>
     <t>MMR</t>
   </si>
   <si>
     <t>MMR 25</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-10-MMR 25 (15:00) 4-Howard Stiner pass complete to 84-Michael Wingard to MMR 37 for 12 yards. Tackle by 31-Jacob Samuels.</t>
   </si>
   <si>
     <t>#7 Howard Stiner - QB</t>
   </si>
   <si>
-    <t>#42 John Croy - RB</t>
-[...2 lines deleted...]
-    <t>#37 James Heidrick - FB</t>
+    <t>#26 John Croy - RB</t>
+  </si>
+  <si>
+    <t>#38 James Heidrick - FB</t>
   </si>
   <si>
     <t>#84 Michael Wingard - TE</t>
   </si>
   <si>
     <t>#17 David Whitworth - WR</t>
   </si>
   <si>
     <t>#8 Edwin Baker - WR</t>
   </si>
   <si>
-    <t>#79 Steve Corral - RG</t>
+    <t>#78 Steve Corral - LT</t>
   </si>
   <si>
     <t>#68 Orville King - LG</t>
   </si>
   <si>
-    <t>#61 Pancake Tuesday - LG</t>
+    <t>#64 Pancake Tuesday - LG</t>
   </si>
   <si>
     <t>#73 Donald Cue - RT</t>
   </si>
   <si>
     <t>#65 Charles Wilhelm - RT</t>
   </si>
   <si>
     <t>#92 Sackum Again - LDE</t>
   </si>
   <si>
     <t>#90 Alvin Camp - DT</t>
   </si>
   <si>
-    <t>#97 Thomas Meyer - DT</t>
+    <t>#95 Thomas Meyer - DT</t>
   </si>
   <si>
     <t>#66 Warren Crawford - RDE</t>
   </si>
   <si>
     <t>#57 Jordon Gray - LDE</t>
   </si>
   <si>
     <t>#50 Dennis Robinson - MLB</t>
   </si>
   <si>
-    <t>#40 Darrian Taylor - WLB</t>
+    <t>#40 Darrian Taylor - CB</t>
   </si>
   <si>
     <t>#1 Manny Ortega - CB</t>
   </si>
   <si>
     <t>#23 Connie Dougherty - CB</t>
   </si>
   <si>
     <t>#26 Michael Barnard - FS</t>
   </si>
   <si>
     <t>#31 Jacob Samuels - SS</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>MMR 37</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
@@ -452,51 +452,51 @@
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(14:05) Extra point GOOD by 7-Eric Ross. MMR 7 E.P 0</t>
   </si>
   <si>
     <t>#76 Stephen Jost - C</t>
   </si>
   <si>
     <t>#7 Eric Ross - K</t>
   </si>
   <si>
     <t>#72 Jason Vaughan - C</t>
   </si>
   <si>
     <t>#52 Harold Guest - RG</t>
   </si>
   <si>
     <t>#75 Jose Mosley - C</t>
   </si>
   <si>
-    <t>#62 Shawn Anderson - LG</t>
+    <t>#76 Shawn Anderson - LG</t>
   </si>
   <si>
     <t>#95 James Lewis - RDE</t>
   </si>
   <si>
     <t>#91 Christian Norton - MLB</t>
   </si>
   <si>
     <t>#93 Jeff Weatherwax - LDE</t>
   </si>
   <si>
     <t>#35 Jacob Vazquez - SLB</t>
   </si>
   <si>
     <t>#44 Samuel Shinn - MLB</t>
   </si>
   <si>
     <t>MMR 35</t>
   </si>
   <si>
     <t>(14:05) 7-Eric Ross kicks 74 yards from MMR 35 to E.P -9. Touchback.</t>
   </si>
   <si>
     <t>#39 Jerry Dyck - RB</t>
   </si>