--- v1 (2025-12-14)
+++ v2 (2026-02-06)
@@ -341,51 +341,51 @@
   <si>
     <t>MMR</t>
   </si>
   <si>
     <t>MMR 25</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-10-MMR 25 (15:00) 4-Howard Stiner pass complete to 84-Michael Wingard to MMR 37 for 12 yards. Tackle by 31-Jacob Samuels.</t>
   </si>
   <si>
     <t>#7 Howard Stiner - QB</t>
   </si>
   <si>
     <t>#26 John Croy - RB</t>
   </si>
   <si>
     <t>#38 James Heidrick - FB</t>
   </si>
   <si>
-    <t>#84 Michael Wingard - TE</t>
+    <t>#83 Michael Wingard - TE</t>
   </si>
   <si>
     <t>#17 David Whitworth - WR</t>
   </si>
   <si>
     <t>#8 Edwin Baker - WR</t>
   </si>
   <si>
     <t>#78 Steve Corral - LT</t>
   </si>
   <si>
     <t>#68 Orville King - LG</t>
   </si>
   <si>
     <t>#64 Pancake Tuesday - LG</t>
   </si>
   <si>
     <t>#73 Donald Cue - RT</t>
   </si>
   <si>
     <t>#65 Charles Wilhelm - RT</t>
   </si>
   <si>
     <t>#92 Sackum Again - LDE</t>
   </si>
@@ -530,54 +530,54 @@
   <si>
     <t>#10 Kevin Delgado - WR</t>
   </si>
   <si>
     <t>#15 Downtown Jameson - WR</t>
   </si>
   <si>
     <t>#86 Timothy Damian - TE</t>
   </si>
   <si>
     <t>#88 Long Pete - WR</t>
   </si>
   <si>
     <t>#60 Malcolm Lipman - RT</t>
   </si>
   <si>
     <t>#63 Palmer Walker - C</t>
   </si>
   <si>
     <t>#71 Kenneth Murray - C</t>
   </si>
   <si>
     <t>#74 Willie Fernandez - LG</t>
   </si>
   <si>
-    <t>#98 Russell Sears - LDE</t>
-[...2 lines deleted...]
-    <t>#74 Bobby Karas - DT</t>
+    <t>#98 Russell Sears - DT</t>
+  </si>
+  <si>
+    <t>#92 Bobby Karas - DT</t>
   </si>
   <si>
     <t>#91 David Sanders - LDE</t>
   </si>
   <si>
     <t>#92 Arthur Green - WLB</t>
   </si>
   <si>
     <t>#39 Calvin Sumner - CB</t>
   </si>
   <si>
     <t>#55 Edward Schmitt - MLB</t>
   </si>
   <si>
     <t>13:23</t>
   </si>
   <si>
     <t>E.P 30</t>
   </si>
   <si>
     <t>Shotgun Normal FL Slant</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>