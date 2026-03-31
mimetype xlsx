--- v2 (2026-02-06)
+++ v3 (2026-03-31)
@@ -311,102 +311,102 @@
   <si>
     <t>#45 James Donovan - CB</t>
   </si>
   <si>
     <t>#22 Jaime Crenshaw - CB</t>
   </si>
   <si>
     <t>#53 Ryan Willhite - MLB</t>
   </si>
   <si>
     <t>#9 Timothy Houston - WLB</t>
   </si>
   <si>
     <t>#43 Jose Cleveland - FS</t>
   </si>
   <si>
     <t>#33 Clarence Brown - CB</t>
   </si>
   <si>
     <t>#97 James Raymond - MLB</t>
   </si>
   <si>
     <t>#94 John Izquierdo - LDE</t>
   </si>
   <si>
-    <t>#97 Donald Olvera - SLB</t>
+    <t>#90 Donald Olvera - SLB</t>
   </si>
   <si>
     <t>#4 Bradford Pettus - K</t>
   </si>
   <si>
     <t>MMR</t>
   </si>
   <si>
     <t>MMR 25</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-10-MMR 25 (15:00) 4-Howard Stiner pass complete to 84-Michael Wingard to MMR 37 for 12 yards. Tackle by 31-Jacob Samuels.</t>
   </si>
   <si>
     <t>#7 Howard Stiner - QB</t>
   </si>
   <si>
     <t>#26 John Croy - RB</t>
   </si>
   <si>
     <t>#38 James Heidrick - FB</t>
   </si>
   <si>
     <t>#83 Michael Wingard - TE</t>
   </si>
   <si>
     <t>#17 David Whitworth - WR</t>
   </si>
   <si>
     <t>#8 Edwin Baker - WR</t>
   </si>
   <si>
     <t>#78 Steve Corral - LT</t>
   </si>
   <si>
     <t>#68 Orville King - LG</t>
   </si>
   <si>
     <t>#64 Pancake Tuesday - LG</t>
   </si>
   <si>
     <t>#73 Donald Cue - RT</t>
   </si>
   <si>
-    <t>#65 Charles Wilhelm - RT</t>
+    <t>#74 Charles Wilhelm - RT</t>
   </si>
   <si>
     <t>#92 Sackum Again - LDE</t>
   </si>
   <si>
     <t>#90 Alvin Camp - DT</t>
   </si>
   <si>
     <t>#95 Thomas Meyer - DT</t>
   </si>
   <si>
     <t>#66 Warren Crawford - RDE</t>
   </si>
   <si>
     <t>#57 Jordon Gray - LDE</t>
   </si>
   <si>
     <t>#50 Dennis Robinson - MLB</t>
   </si>
   <si>
     <t>#40 Darrian Taylor - CB</t>
   </si>
   <si>
     <t>#1 Manny Ortega - CB</t>
   </si>