--- v0 (2025-10-30)
+++ v1 (2025-11-23)
@@ -350,87 +350,87 @@
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-10-L.V 25 (15:00) 2-Don Allen pass complete to 32-Stanton Copeland to L.V 32 for 7 yards. Tackle by 39-Calvin Sumner. 32-Stanton Copeland breaks down the CB.</t>
   </si>
   <si>
     <t>#2 Don Allen - QB</t>
   </si>
   <si>
     <t>#18 Alan Gray - WR</t>
   </si>
   <si>
     <t>#32 Stanton Copeland - RB</t>
   </si>
   <si>
     <t>#86 Ben Rodman - TE</t>
   </si>
   <si>
     <t>#14 Charles Phillips - WR</t>
   </si>
   <si>
     <t>#82 Keith Salguero - WR</t>
   </si>
   <si>
-    <t>#79 Arnold King - LT</t>
+    <t>#61 Arnold King - LG</t>
   </si>
   <si>
     <t>#74 Richard Taylor - LG</t>
   </si>
   <si>
     <t>#65 Andre Andrade - C</t>
   </si>
   <si>
     <t>#71 Kenneth Murray - C</t>
   </si>
   <si>
     <t>#52 Jason Diaz - RT</t>
   </si>
   <si>
     <t>#98 Russell Sears - LDE</t>
   </si>
   <si>
     <t>#96 Joseph Rodgers - DT</t>
   </si>
   <si>
     <t>#95 William Welborn - RDE</t>
   </si>
   <si>
     <t>#66 Warren Crawford - RDE</t>
   </si>
   <si>
     <t>#97 Donald Olvera - SLB</t>
   </si>
   <si>
     <t>#46 Jose Curtis - MLB</t>
   </si>
   <si>
     <t>#92 Arthur Green - WLB</t>
   </si>
   <si>
-    <t>#20 Jaime Crenshaw - CB</t>
+    <t>#22 Jaime Crenshaw - CB</t>
   </si>
   <si>
     <t>#40 Joseph Walden - CB</t>
   </si>
   <si>
     <t>#49 Jim Rape - SS</t>
   </si>
   <si>
     <t>#39 Calvin Sumner - CB</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
   <si>
     <t>L.V 32</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>2-3-L.V 32 (14:25) 21-David Bell ran to L.V 31 for -1 yards. Tackle by 3-Arthur Green.</t>
   </si>
@@ -542,99 +542,99 @@
   <si>
     <t>Split Backs 3 Wide Slot Post</t>
   </si>
   <si>
     <t>3-6-MMR 42 (11:12) 2-Don Allen pass incomplete, intended for 14-Charles Phillips. PENALTY - Holding (L.V 65-Andre Andrade) (Declined)</t>
   </si>
   <si>
     <t>11:08</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-MMR 42 (11:09) 5-Randall Barton punts 32 yards to MMR 11. Fair Catch by 16-George Griswold.</t>
   </si>
   <si>
     <t>#5 Randall Barton - P</t>
   </si>
   <si>
     <t>#16 George Griswold - WR</t>
   </si>
   <si>
-    <t>#42 John Croy - RB</t>
+    <t>#26 John Croy - RB</t>
   </si>
   <si>
     <t>#62 Michael Thornton - LT</t>
   </si>
   <si>
     <t>#58 Carl Maynard - RG</t>
   </si>
   <si>
     <t>11:02</t>
   </si>
   <si>
     <t>MMR 11</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-MMR 11 (11:03) 9-John Frazier pass Pass knocked down by 31-John Carothers. incomplete, intended for 13-Edwin Baker.</t>
   </si>
   <si>
     <t>#14 John Frazier - QB</t>
   </si>
   <si>
-    <t>#26 Mitchell Riddle - RB</t>
+    <t>#33 Mitchell Riddle - RB</t>
   </si>
   <si>
     <t>#83 Charles Barbera - TE</t>
   </si>
   <si>
     <t>#13 Robert Parson - WR</t>
   </si>
   <si>
     <t>#8 Edwin Baker - WR</t>
   </si>
   <si>
     <t>#17 David Whitworth - WR</t>
   </si>
   <si>
-    <t>#79 Steve Corral - RG</t>
+    <t>#78 Steve Corral - LT</t>
   </si>
   <si>
     <t>#68 Orville King - LG</t>
   </si>
   <si>
-    <t>#61 Pancake Tuesday - LG</t>
+    <t>#64 Pancake Tuesday - LG</t>
   </si>
   <si>
     <t>#51 Scott Keith - RT</t>
   </si>
   <si>
     <t>#65 Charles Wilhelm - RT</t>
   </si>
   <si>
     <t>#53 Gary Blewett - DT</t>
   </si>
   <si>
     <t>#96 Douglas Davis - WLB</t>
   </si>
   <si>
     <t>#25 Frank Sayre - CB</t>
   </si>
   <si>
     <t>#45 Henry George - FS</t>
   </si>
   <si>
     <t>10:58</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
@@ -695,51 +695,51 @@
   <si>
     <t>#59 Michael Gaines - WLB</t>
   </si>
   <si>
     <t>#46 Craig Holmes - SS</t>
   </si>
   <si>
     <t>9:02</t>
   </si>
   <si>
     <t>MMR 21</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>2-19-MMR 21 (9:01) 9-John Frazier pass complete to 83-Charles Barbera to MMR 36 for 15 yards. Tackle by 46-Craig Holmes.</t>
   </si>
   <si>
     <t>#35 Charles Smith - RB</t>
   </si>
   <si>
-    <t>#37 James Heidrick - FB</t>
+    <t>#38 James Heidrick - FB</t>
   </si>
   <si>
     <t>8:26</t>
   </si>
   <si>
     <t>MMR 36</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>3-4-MMR 36 (8:25) 35-Charles Smith ran to MMR 36 for a short loss. Tackle by 96-Douglas Davis.</t>
   </si>
   <si>
     <t>#11 Robert Harris - WR</t>
   </si>
   <si>
     <t>7:44</t>
   </si>
   <si>
     <t>4-4-MMR 36 (7:43) 2-Dale Stidham punts 49 yards to L.V 15. Fair Catch by 10-Jimmy Moser.</t>
   </si>
   <si>
     <t>#2 Dale Stidham - P</t>
   </si>