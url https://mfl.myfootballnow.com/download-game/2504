--- v1 (2025-11-23)
+++ v2 (2026-01-21)
@@ -437,51 +437,51 @@
   <si>
     <t>#66 Kent Peterson - RDE</t>
   </si>
   <si>
     <t>#90 August Parker - DT</t>
   </si>
   <si>
     <t>#93 Mark Zeller - WLB</t>
   </si>
   <si>
     <t>13:49</t>
   </si>
   <si>
     <t>L.V 31</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>3-4-L.V 31 (13:48) 2-Don Allen pass complete to 32-Stanton Copeland to L.V 39 for 8 yards. Tackle by 51-James Raymond.</t>
   </si>
   <si>
-    <t>#89 Eric Warner - TE</t>
+    <t>#88 Eric Warner - TE</t>
   </si>
   <si>
     <t>#97 James Raymond - MLB</t>
   </si>
   <si>
     <t>#43 Jose Cleveland - FS</t>
   </si>
   <si>
     <t>#28 William Richardson - FS</t>
   </si>
   <si>
     <t>13:14</t>
   </si>
   <si>
     <t>L.V 39</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>1-10-L.V 39 (13:13) 21-David Bell ran to L.V 43 for 4 yards. Tackle by 41-Joe Perkins.</t>
   </si>
   <si>
     <t>#10 Jimmy Moser - WR</t>
   </si>
@@ -602,114 +602,114 @@
   <si>
     <t>#8 Edwin Baker - WR</t>
   </si>
   <si>
     <t>#17 David Whitworth - WR</t>
   </si>
   <si>
     <t>#78 Steve Corral - LT</t>
   </si>
   <si>
     <t>#68 Orville King - LG</t>
   </si>
   <si>
     <t>#64 Pancake Tuesday - LG</t>
   </si>
   <si>
     <t>#51 Scott Keith - RT</t>
   </si>
   <si>
     <t>#65 Charles Wilhelm - RT</t>
   </si>
   <si>
     <t>#53 Gary Blewett - DT</t>
   </si>
   <si>
-    <t>#96 Douglas Davis - WLB</t>
+    <t>#96 Douglas Davis - LDE</t>
   </si>
   <si>
     <t>#25 Frank Sayre - CB</t>
   </si>
   <si>
     <t>#45 Henry George - FS</t>
   </si>
   <si>
     <t>10:58</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>2-10-MMR 11 (10:59) 31-Mitchell Riddle ran to MMR 12 for 1 yards. Tackle by 96-Douglas Davis.</t>
   </si>
   <si>
-    <t>#84 Michael Wingard - TE</t>
+    <t>#83 Michael Wingard - TE</t>
   </si>
   <si>
     <t>10:20</t>
   </si>
   <si>
     <t>MMR 12</t>
   </si>
   <si>
     <t>Strong I Big TE Post</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>3-9-MMR 12 (10:19) 9-John Frazier pass complete to 84-Michael Wingard to MMR 30 for 18 yards. Tackle by 40-James Ackerman. Nice job by 84-Michael Wingard on that route to lose his coverage.</t>
   </si>
   <si>
     <t>#43 Duane Lane - RB</t>
   </si>
   <si>
     <t>9:37</t>
   </si>
   <si>
     <t>MMR 30</t>
   </si>
   <si>
     <t>1-10-MMR 30 (9:36) 9-John Frazier sacked at MMR 21 for -9 yards (66-Jack Wright). Sack allowed by 64-Gilbert Lewis.</t>
   </si>
   <si>
     <t>#76 Jerome Hall - RG</t>
   </si>
   <si>
     <t>#64 Gilbert Lewis - C</t>
   </si>
   <si>
-    <t>#77 Kenneth Bailey - RT</t>
+    <t>#58 Kenneth Bailey - RT</t>
   </si>
   <si>
     <t>#94 Eddie Anderson - LDE</t>
   </si>
   <si>
-    <t>#66 Jack Wright - DT</t>
+    <t>#61 Jack Wright - DT</t>
   </si>
   <si>
     <t>#52 Nathan Carney - SLB</t>
   </si>
   <si>
     <t>#59 Michael Gaines - WLB</t>
   </si>
   <si>
     <t>#46 Craig Holmes - SS</t>
   </si>
   <si>
     <t>9:02</t>
   </si>
   <si>
     <t>MMR 21</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>2-19-MMR 21 (9:01) 9-John Frazier pass complete to 83-Charles Barbera to MMR 36 for 15 yards. Tackle by 46-Craig Holmes.</t>
   </si>