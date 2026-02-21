--- v2 (2026-01-21)
+++ v3 (2026-02-21)
@@ -365,51 +365,51 @@
   <si>
     <t>#86 Ben Rodman - TE</t>
   </si>
   <si>
     <t>#14 Charles Phillips - WR</t>
   </si>
   <si>
     <t>#82 Keith Salguero - WR</t>
   </si>
   <si>
     <t>#61 Arnold King - LG</t>
   </si>
   <si>
     <t>#74 Richard Taylor - LG</t>
   </si>
   <si>
     <t>#65 Andre Andrade - C</t>
   </si>
   <si>
     <t>#71 Kenneth Murray - C</t>
   </si>
   <si>
     <t>#52 Jason Diaz - RT</t>
   </si>
   <si>
-    <t>#98 Russell Sears - LDE</t>
+    <t>#98 Russell Sears - DT</t>
   </si>
   <si>
     <t>#96 Joseph Rodgers - DT</t>
   </si>
   <si>
     <t>#95 William Welborn - RDE</t>
   </si>
   <si>
     <t>#66 Warren Crawford - RDE</t>
   </si>
   <si>
     <t>#97 Donald Olvera - SLB</t>
   </si>
   <si>
     <t>#46 Jose Curtis - MLB</t>
   </si>
   <si>
     <t>#92 Arthur Green - WLB</t>
   </si>
   <si>
     <t>#22 Jaime Crenshaw - CB</t>
   </si>
   <si>
     <t>#40 Joseph Walden - CB</t>
   </si>