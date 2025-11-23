--- v0 (2025-10-30)
+++ v1 (2025-11-23)
@@ -302,51 +302,51 @@
   <si>
     <t>(15:00) 7-Eric Ross kicks 75 yards from MMR 35 to S.D -10. Touchback.</t>
   </si>
   <si>
     <t>#33 William Williams - RB</t>
   </si>
   <si>
     <t>#27 Luke Layden - CB</t>
   </si>
   <si>
     <t>#35 Michael Smith - CB</t>
   </si>
   <si>
     <t>#57 Andy Russell - MLB</t>
   </si>
   <si>
     <t>#42 Chad Cota - SS</t>
   </si>
   <si>
     <t>#25 Justin Stiffler - CB</t>
   </si>
   <si>
     <t>#31 Jackie Murphy - CB</t>
   </si>
   <si>
-    <t>#55 Pedro Roy - WLB</t>
+    <t>#59 Pedro Roy - WLB</t>
   </si>
   <si>
     <t>#53 Ryan Willhite - MLB</t>
   </si>
   <si>
     <t>#50 Daniel Bunyard - MLB</t>
   </si>
   <si>
     <t>#95 Larry Paredes - LDE</t>
   </si>
   <si>
     <t>#7 Eric Ross - K</t>
   </si>
   <si>
     <t>S.D</t>
   </si>
   <si>
     <t>S.D 25</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
@@ -389,78 +389,78 @@
   <si>
     <t>#98 Russell Sears - LDE</t>
   </si>
   <si>
     <t>#90 August Parker - DT</t>
   </si>
   <si>
     <t>#78 Danny Green - DT</t>
   </si>
   <si>
     <t>#52 Scott Reid - LDE</t>
   </si>
   <si>
     <t>#93 Walter Fleet - SLB</t>
   </si>
   <si>
     <t>#46 Jose Curtis - MLB</t>
   </si>
   <si>
     <t>#92 Arthur Green - WLB</t>
   </si>
   <si>
     <t>#40 Joseph Walden - CB</t>
   </si>
   <si>
-    <t>#20 Jaime Crenshaw - CB</t>
+    <t>#22 Jaime Crenshaw - CB</t>
   </si>
   <si>
     <t>#27 Jesse Pope - SS</t>
   </si>
   <si>
     <t>#45 James Donovan - CB</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>S.D 35</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-S.D 35 (14:23) PENALTY - False Start (S.D 13-Jeff McKnight)</t>
   </si>
   <si>
     <t>#22 Ernest Mead - WR</t>
   </si>
   <si>
-    <t>#13 Jeff McKnight - WR</t>
+    <t>#14 Jeff McKnight - WR</t>
   </si>
   <si>
     <t>#16 Warren Colangelo - WR</t>
   </si>
   <si>
     <t>#13 Bart Anderson - WR</t>
   </si>
   <si>
     <t>#66 Warren Crawford - RDE</t>
   </si>
   <si>
     <t>#43 Jose Cleveland - FS</t>
   </si>
   <si>
     <t>#28 William Richardson - FS</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>S.D 30</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
@@ -542,156 +542,156 @@
   <si>
     <t>#75 Fausto Johnson - RT</t>
   </si>
   <si>
     <t>#91 David Sanders - LDE</t>
   </si>
   <si>
     <t>12:54</t>
   </si>
   <si>
     <t>MMR 21</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-MMR 21 (12:55) PENALTY - False Start (MMR 79-Steve Corral)</t>
   </si>
   <si>
     <t>#14 John Frazier - QB</t>
   </si>
   <si>
-    <t>#26 Mitchell Riddle - RB</t>
+    <t>#33 Mitchell Riddle - RB</t>
   </si>
   <si>
     <t>#84 Michael Wingard - TE</t>
   </si>
   <si>
     <t>#86 Timothy Damian - TE</t>
   </si>
   <si>
     <t>#10 Logan Martinez - WR</t>
   </si>
   <si>
     <t>#55 Thomas Saenz - LT</t>
   </si>
   <si>
     <t>#68 Orville King - LG</t>
   </si>
   <si>
     <t>#73 Troy Wellman - C</t>
   </si>
   <si>
-    <t>#79 Steve Corral - RG</t>
+    <t>#78 Steve Corral - LT</t>
   </si>
   <si>
     <t>#65 Charles Wilhelm - RT</t>
   </si>
   <si>
     <t>#94 Jose Hammock - DT</t>
   </si>
   <si>
     <t>#71 Steve McMurray - DT</t>
   </si>
   <si>
     <t>#98 Luis Castro - RDE</t>
   </si>
   <si>
     <t>#24 Michael Johnson - CB</t>
   </si>
   <si>
     <t>#20 Gregory Bailey - FS</t>
   </si>
   <si>
     <t>MMR 16</t>
   </si>
   <si>
     <t>Strong I Big TE Post</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-15-MMR 16 (12:55) 9-John Frazier pass complete to 89-Timothy Damian to MMR 27 for 11 yards. Tackle by 27-Luke Layden.</t>
   </si>
   <si>
     <t>#43 Duane Lane - RB</t>
   </si>
   <si>
-    <t>#97 Gustavo Gove - LDE</t>
+    <t>#98 Gustavo Gove - LDE</t>
   </si>
   <si>
     <t>12:15</t>
   </si>
   <si>
     <t>MMR 27</t>
   </si>
   <si>
     <t>Strong I Big HB Dive Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-4-MMR 27 (12:14) 31-Mitchell Riddle ran to MMR 26 for -1 yards. Tackle by 50-Daniel Bunyard.</t>
   </si>
   <si>
     <t>11:38</t>
   </si>
   <si>
     <t>MMR 26</t>
   </si>
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>3-4-MMR 26 (11:37) 9-John Frazier pass incomplete, dropped by 10-Logan Martinez. Pressure by 53-Ryan Willhite.</t>
   </si>
   <si>
     <t>#88 Robert Stribling - WR</t>
   </si>
   <si>
     <t>11:32</t>
   </si>
   <si>
     <t>4-4-MMR 26 (11:33) 2-Dale Stidham punts 50 yards to S.D 24. 33-William Williams to S.D 28 for 4 yards. Tackle by 32-Adam Weir.</t>
   </si>
   <si>
     <t>#2 Dale Stidham - P</t>
   </si>
   <si>
     <t>#64 Steve Curtis - RG</t>
   </si>
   <si>
-    <t>#56 Gerald Townsend - LG</t>
+    <t>#56 Gerald Townsend - LT</t>
   </si>
   <si>
     <t>#51 Scott Keith - RT</t>
   </si>
   <si>
     <t>#58 Robert Jones - WLB</t>
   </si>
   <si>
     <t>11:24</t>
   </si>
   <si>
     <t>S.D 28</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>1-10-S.D 28 (11:25) 7-John Maness pass Pass knocked down by 40-Joseph Walden. incomplete, intended for 18-Desmond Decker.</t>
   </si>
   <si>
     <t>#87 Justin Burrows - TE</t>
   </si>
   <si>
     <t>11:22</t>
   </si>