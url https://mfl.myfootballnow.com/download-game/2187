--- v1 (2025-11-23)
+++ v2 (2026-01-21)
@@ -287,63 +287,63 @@
   <si>
     <t>MMR has won the toss and elected to defer.</t>
   </si>
   <si>
     <t>MMR</t>
   </si>
   <si>
     <t>MMR 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-Eric Ross kicks 75 yards from MMR 35 to S.D -10. Touchback.</t>
   </si>
   <si>
     <t>#33 William Williams - RB</t>
   </si>
   <si>
     <t>#27 Luke Layden - CB</t>
   </si>
   <si>
-    <t>#35 Michael Smith - CB</t>
+    <t>#46 Michael Smith - FS</t>
   </si>
   <si>
     <t>#57 Andy Russell - MLB</t>
   </si>
   <si>
     <t>#42 Chad Cota - SS</t>
   </si>
   <si>
     <t>#25 Justin Stiffler - CB</t>
   </si>
   <si>
-    <t>#31 Jackie Murphy - CB</t>
+    <t>#20 Jackie Murphy - CB</t>
   </si>
   <si>
     <t>#59 Pedro Roy - WLB</t>
   </si>
   <si>
     <t>#53 Ryan Willhite - MLB</t>
   </si>
   <si>
     <t>#50 Daniel Bunyard - MLB</t>
   </si>
   <si>
     <t>#95 Larry Paredes - LDE</t>
   </si>
   <si>
     <t>#7 Eric Ross - K</t>
   </si>
   <si>
     <t>S.D</t>
   </si>
   <si>
     <t>S.D 25</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
@@ -371,51 +371,51 @@
   <si>
     <t>#14 Robert Compton - WR</t>
   </si>
   <si>
     <t>#76 Crush Collision - LT</t>
   </si>
   <si>
     <t>#77 John Passmore - LG</t>
   </si>
   <si>
     <t>#56 Thomas Evans - C</t>
   </si>
   <si>
     <t>#70 Andrew Jones - RG</t>
   </si>
   <si>
     <t>#71 Trent Brown - RT</t>
   </si>
   <si>
     <t>#98 Russell Sears - LDE</t>
   </si>
   <si>
     <t>#90 August Parker - DT</t>
   </si>
   <si>
-    <t>#78 Danny Green - DT</t>
+    <t>#71 Danny Green - DT</t>
   </si>
   <si>
     <t>#52 Scott Reid - LDE</t>
   </si>
   <si>
     <t>#93 Walter Fleet - SLB</t>
   </si>
   <si>
     <t>#46 Jose Curtis - MLB</t>
   </si>
   <si>
     <t>#92 Arthur Green - WLB</t>
   </si>
   <si>
     <t>#40 Joseph Walden - CB</t>
   </si>
   <si>
     <t>#22 Jaime Crenshaw - CB</t>
   </si>
   <si>
     <t>#27 Jesse Pope - SS</t>
   </si>
   <si>
     <t>#45 James Donovan - CB</t>
   </si>
@@ -545,51 +545,51 @@
   <si>
     <t>#91 David Sanders - LDE</t>
   </si>
   <si>
     <t>12:54</t>
   </si>
   <si>
     <t>MMR 21</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-MMR 21 (12:55) PENALTY - False Start (MMR 79-Steve Corral)</t>
   </si>
   <si>
     <t>#14 John Frazier - QB</t>
   </si>
   <si>
     <t>#33 Mitchell Riddle - RB</t>
   </si>
   <si>
-    <t>#84 Michael Wingard - TE</t>
+    <t>#83 Michael Wingard - TE</t>
   </si>
   <si>
     <t>#86 Timothy Damian - TE</t>
   </si>
   <si>
     <t>#10 Logan Martinez - WR</t>
   </si>
   <si>
     <t>#55 Thomas Saenz - LT</t>
   </si>
   <si>
     <t>#68 Orville King - LG</t>
   </si>
   <si>
     <t>#73 Troy Wellman - C</t>
   </si>
   <si>
     <t>#78 Steve Corral - LT</t>
   </si>
   <si>
     <t>#65 Charles Wilhelm - RT</t>
   </si>
   <si>
     <t>#94 Jose Hammock - DT</t>
   </si>
@@ -881,51 +881,51 @@
   <si>
     <t>2:29</t>
   </si>
   <si>
     <t>MMR 24</t>
   </si>
   <si>
     <t>3-11-MMR 24 (2:28) 7-John Maness pass Pass knocked down by 46-Jose Curtis. incomplete, intended for 87-Justin Burrows.</t>
   </si>
   <si>
     <t>2:24</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-11-MMR 24 (2:25) 4-Leroy Stewart 42 yard field goal is GOOD. S.D 71-Trent Brown was injured on the play. He looks like he should be able to return. MMR 0 S.D 3</t>
   </si>
   <si>
     <t>#4 Leroy Stewart - K</t>
   </si>
   <si>
-    <t>#77 Kenneth Bailey - RT</t>
+    <t>#58 Kenneth Bailey - RT</t>
   </si>
   <si>
     <t>2:21</t>
   </si>
   <si>
     <t>(2:22) 4-Leroy Stewart kicks 66 yards from S.D 35 to MMR -1. Touchback.</t>
   </si>
   <si>
     <t>MMR 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-MMR 25 (2:22) 31-Mitchell Riddle ran to MMR 37 for 12 yards. Tackle by 42-Chad Cota.</t>
   </si>
   <si>
     <t>1:37</t>
   </si>
   <si>
     <t>MMR 37</t>
   </si>