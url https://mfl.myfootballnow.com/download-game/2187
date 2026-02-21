--- v2 (2026-01-21)
+++ v3 (2026-02-21)
@@ -299,51 +299,51 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-Eric Ross kicks 75 yards from MMR 35 to S.D -10. Touchback.</t>
   </si>
   <si>
     <t>#33 William Williams - RB</t>
   </si>
   <si>
     <t>#27 Luke Layden - CB</t>
   </si>
   <si>
     <t>#46 Michael Smith - FS</t>
   </si>
   <si>
     <t>#57 Andy Russell - MLB</t>
   </si>
   <si>
     <t>#42 Chad Cota - SS</t>
   </si>
   <si>
     <t>#25 Justin Stiffler - CB</t>
   </si>
   <si>
-    <t>#20 Jackie Murphy - CB</t>
+    <t>#46 Jackie Murphy - CB</t>
   </si>
   <si>
     <t>#59 Pedro Roy - WLB</t>
   </si>
   <si>
     <t>#53 Ryan Willhite - MLB</t>
   </si>
   <si>
     <t>#50 Daniel Bunyard - MLB</t>
   </si>
   <si>
     <t>#95 Larry Paredes - LDE</t>
   </si>
   <si>
     <t>#7 Eric Ross - K</t>
   </si>
   <si>
     <t>S.D</t>
   </si>
   <si>
     <t>S.D 25</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
@@ -365,51 +365,51 @@
   <si>
     <t>#88 Perry Sanders - TE</t>
   </si>
   <si>
     <t>#89 Desmond Decker - WR</t>
   </si>
   <si>
     <t>#14 Robert Compton - WR</t>
   </si>
   <si>
     <t>#76 Crush Collision - LT</t>
   </si>
   <si>
     <t>#77 John Passmore - LG</t>
   </si>
   <si>
     <t>#56 Thomas Evans - C</t>
   </si>
   <si>
     <t>#70 Andrew Jones - RG</t>
   </si>
   <si>
     <t>#71 Trent Brown - RT</t>
   </si>
   <si>
-    <t>#98 Russell Sears - LDE</t>
+    <t>#98 Russell Sears - DT</t>
   </si>
   <si>
     <t>#90 August Parker - DT</t>
   </si>
   <si>
     <t>#71 Danny Green - DT</t>
   </si>
   <si>
     <t>#52 Scott Reid - LDE</t>
   </si>
   <si>
     <t>#93 Walter Fleet - SLB</t>
   </si>
   <si>
     <t>#46 Jose Curtis - MLB</t>
   </si>
   <si>
     <t>#92 Arthur Green - WLB</t>
   </si>
   <si>
     <t>#40 Joseph Walden - CB</t>
   </si>
   <si>
     <t>#22 Jaime Crenshaw - CB</t>
   </si>