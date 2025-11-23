--- v0 (2025-10-30)
+++ v1 (2025-11-23)
@@ -434,126 +434,126 @@
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>E.P 33</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>3-2-E.P 33 (14:20) 24-Matthew Maclean ran to E.P 35 for 2 yards. Tackle by 46-Jose Curtis.</t>
   </si>
   <si>
     <t>#36 Matthew Maclean - RB</t>
   </si>
   <si>
     <t>#88 James Wade - WR</t>
   </si>
   <si>
     <t>#10 Kevin Delgado - WR</t>
   </si>
   <si>
-    <t>#97 James Hobson - RDE</t>
+    <t>#97 James Hobson - WLB</t>
   </si>
   <si>
     <t>#93 Walter Fleet - SLB</t>
   </si>
   <si>
     <t>#92 Arthur Green - WLB</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>E.P 35</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-E.P 35 (13:39) 2-Jaime Atkinson punts 42 yards to MIL 23. 30-Robert Sweet to MIL 28 for 5 yards. Tackle by 22-Dewitt Marchese.</t>
   </si>
   <si>
     <t>#2 Jaime Atkinson - P</t>
   </si>
   <si>
     <t>#30 Robert Sweet - RB</t>
   </si>
   <si>
     <t>#93 Mark Zeller - WLB</t>
   </si>
   <si>
     <t>#90 Richard Allison - SLB</t>
   </si>
   <si>
-    <t>#42 John Croy - RB</t>
+    <t>#26 John Croy - RB</t>
   </si>
   <si>
     <t>#89 Richard Smeltzer - TE</t>
   </si>
   <si>
     <t>#77 John Lee - LT</t>
   </si>
   <si>
     <t>#14 Melvin Perkins - WR</t>
   </si>
   <si>
     <t>#91 David Sanders - LDE</t>
   </si>
   <si>
     <t>#63 Aaron Pritchard - RG</t>
   </si>
   <si>
     <t>#56 Michael Hemphill - C</t>
   </si>
   <si>
     <t>13:30</t>
   </si>
   <si>
     <t>MMR 28</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-10-MIL 28 (13:31) 9-John Frazier pass complete to 10-Logan Martinez to MIL 36 for 7 yards. Tackle by 1-Manny Ortega.</t>
   </si>
   <si>
     <t>#14 John Frazier - QB</t>
   </si>
   <si>
-    <t>#26 Mitchell Riddle - RB</t>
+    <t>#33 Mitchell Riddle - RB</t>
   </si>
   <si>
     <t>#43 Duane Lane - RB</t>
   </si>
   <si>
     <t>#86 Timothy Damian - TE</t>
   </si>
   <si>
     <t>#10 Logan Martinez - WR</t>
   </si>
   <si>
     <t>#19 William Harris - WR</t>
   </si>
   <si>
     <t>#54 Edward Dowling - RT</t>
   </si>
   <si>
     <t>#68 Orville King - LG</t>
   </si>
   <si>
     <t>#73 Troy Wellman - C</t>
   </si>
   <si>
     <t>#74 Paul Foster - RT</t>
   </si>
@@ -593,51 +593,51 @@
   <si>
     <t>#64 Steve Curtis - RG</t>
   </si>
   <si>
     <t>12:09</t>
   </si>
   <si>
     <t>MMR 34</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>3-4-MIL 34 (12:08) 9-John Frazier pass Pass knocked down by 31-Jacob Samuels. incomplete, intended for 87-William Harris.</t>
   </si>
   <si>
     <t>12:04</t>
   </si>
   <si>
     <t>4-4-MIL 34 (12:05) Punt BLOCKED by 1-Manny Ortega! recovered by MIL-95-Walter Fleet to MIL 26 for 3 yards. 95-Walter Fleet FUMBLES (95-James Lewis) recovered by E.P-30-Jonathon Jackson to MIL 24 for 2 yards. Tackle by 95-Walter Fleet.</t>
   </si>
   <si>
-    <t>#56 Gerald Townsend - LG</t>
+    <t>#56 Gerald Townsend - LT</t>
   </si>
   <si>
     <t>#51 Scott Keith - RT</t>
   </si>
   <si>
     <t>11:58</t>
   </si>
   <si>
     <t>MMR 24</t>
   </si>
   <si>
     <t>Shotgun Normal HB Dive</t>
   </si>
   <si>
     <t>1-10-MIL 24 (11:59) 34-Ronald Andrew ran to MIL 24 for a short loss. Tackle by 46-Jose Curtis.</t>
   </si>
   <si>
     <t>#97 James Raymond - MLB</t>
   </si>
   <si>
     <t>11:26</t>
   </si>
   <si>
     <t>Singleback Normal PA Rollout</t>
   </si>
@@ -1385,51 +1385,51 @@
   <si>
     <t>3-4-MIL 31 (10:23) 9-John Frazier pass complete to 10-Logan Martinez to MIL 41 for 9 yards. Tackle by 30-Jonathon Jackson. PENALTY - Facemask (E.P 30-Jonathon Jackson)</t>
   </si>
   <si>
     <t>10:20</t>
   </si>
   <si>
     <t>E.P 44</t>
   </si>
   <si>
     <t>1-10-E.P 44 (10:21) 9-John Frazier pass complete to 87-William Harris to E.P 44 for a short gain. Tackle by 56-Christopher Thomas.</t>
   </si>
   <si>
     <t>9:46</t>
   </si>
   <si>
     <t>2-10-E.P 44 (9:45) 9-John Frazier pass complete to 10-Logan Martinez to E.P 37 for 8 yards. Tackle by 30-Jonathon Jackson. Pressure by 92-Sackum Again.</t>
   </si>
   <si>
     <t>8:59</t>
   </si>
   <si>
     <t>3-2-E.P 37 (8:58) 9-John Frazier pass incomplete, intended for 89-Timothy Damian. Pressure by 97-Melvin Tsang.</t>
   </si>
   <si>
-    <t>#54 Stanley Sullivan - WLB</t>
+    <t>#99 Stanley Sullivan - WLB</t>
   </si>
   <si>
     <t>8:53</t>
   </si>
   <si>
     <t>4-2-E.P 37 (8:54) 7-Eric Ross 54 yard field goal is GOOD. E.P 95-James Lewis was injured on the play. He looks like he should be able to return. E.P 17 MIL 19</t>
   </si>
   <si>
     <t>8:49</t>
   </si>
   <si>
     <t>(8:50) 7-Eric Ross kicks 75 yards from MIL 35 to E.P -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-E.P 25 (8:50) 34-Ronald Andrew ran to E.P 24 for -1 yards. Tackle by 3-Arthur Green.</t>
   </si>
   <si>
     <t>8:06</t>
   </si>
   <si>
     <t>2-11-E.P 24 (8:05) 34-Ronald Andrew ran to E.P 25 for 1 yards. Tackle by 78-Danny Green.</t>
   </si>
   <si>
     <t>7:34</t>
   </si>