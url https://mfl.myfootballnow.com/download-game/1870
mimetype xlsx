--- v1 (2025-11-23)
+++ v2 (2026-01-21)
@@ -371,51 +371,51 @@
   <si>
     <t>#15 Downtown Jameson - WR</t>
   </si>
   <si>
     <t>#62 Dean Carter - LT</t>
   </si>
   <si>
     <t>#68 Joe Manning - RG</t>
   </si>
   <si>
     <t>#63 Palmer Walker - C</t>
   </si>
   <si>
     <t>#67 Gregory Mills - C</t>
   </si>
   <si>
     <t>#74 Willie Fernandez - LG</t>
   </si>
   <si>
     <t>#52 Scott Reid - LDE</t>
   </si>
   <si>
     <t>#90 August Parker - DT</t>
   </si>
   <si>
-    <t>#78 Danny Green - DT</t>
+    <t>#71 Danny Green - DT</t>
   </si>
   <si>
     <t>#66 Warren Crawford - RDE</t>
   </si>
   <si>
     <t>#46 Jose Curtis - MLB</t>
   </si>
   <si>
     <t>#40 Joseph Walden - CB</t>
   </si>
   <si>
     <t>#45 James Donovan - CB</t>
   </si>
   <si>
     <t>#41 Joe Perkins - CB</t>
   </si>
   <si>
     <t>#39 Adam Weir - CB</t>
   </si>
   <si>
     <t>#27 Jesse Pope - SS</t>
   </si>
   <si>
     <t>#28 William Richardson - FS</t>
   </si>
@@ -533,51 +533,51 @@
   <si>
     <t>#33 Mitchell Riddle - RB</t>
   </si>
   <si>
     <t>#43 Duane Lane - RB</t>
   </si>
   <si>
     <t>#86 Timothy Damian - TE</t>
   </si>
   <si>
     <t>#10 Logan Martinez - WR</t>
   </si>
   <si>
     <t>#19 William Harris - WR</t>
   </si>
   <si>
     <t>#54 Edward Dowling - RT</t>
   </si>
   <si>
     <t>#68 Orville King - LG</t>
   </si>
   <si>
     <t>#73 Troy Wellman - C</t>
   </si>
   <si>
-    <t>#74 Paul Foster - RT</t>
+    <t>#70 Paul Foster - RT</t>
   </si>
   <si>
     <t>#65 Charles Wilhelm - RT</t>
   </si>
   <si>
     <t>#57 Jordon Gray - LDE</t>
   </si>
   <si>
     <t>#92 Sackum Again - LDE</t>
   </si>
   <si>
     <t>#97 Melvin Tsang - DT</t>
   </si>
   <si>
     <t>#99 Kevin Campbell - SLB</t>
   </si>
   <si>
     <t>#42 Howard Debolt - FS</t>
   </si>
   <si>
     <t>12:50</t>
   </si>
   <si>
     <t>MMR 36</t>
   </si>
@@ -1385,51 +1385,51 @@
   <si>
     <t>3-4-MIL 31 (10:23) 9-John Frazier pass complete to 10-Logan Martinez to MIL 41 for 9 yards. Tackle by 30-Jonathon Jackson. PENALTY - Facemask (E.P 30-Jonathon Jackson)</t>
   </si>
   <si>
     <t>10:20</t>
   </si>
   <si>
     <t>E.P 44</t>
   </si>
   <si>
     <t>1-10-E.P 44 (10:21) 9-John Frazier pass complete to 87-William Harris to E.P 44 for a short gain. Tackle by 56-Christopher Thomas.</t>
   </si>
   <si>
     <t>9:46</t>
   </si>
   <si>
     <t>2-10-E.P 44 (9:45) 9-John Frazier pass complete to 10-Logan Martinez to E.P 37 for 8 yards. Tackle by 30-Jonathon Jackson. Pressure by 92-Sackum Again.</t>
   </si>
   <si>
     <t>8:59</t>
   </si>
   <si>
     <t>3-2-E.P 37 (8:58) 9-John Frazier pass incomplete, intended for 89-Timothy Damian. Pressure by 97-Melvin Tsang.</t>
   </si>
   <si>
-    <t>#99 Stanley Sullivan - WLB</t>
+    <t>#96 Stanley Sullivan - WLB</t>
   </si>
   <si>
     <t>8:53</t>
   </si>
   <si>
     <t>4-2-E.P 37 (8:54) 7-Eric Ross 54 yard field goal is GOOD. E.P 95-James Lewis was injured on the play. He looks like he should be able to return. E.P 17 MIL 19</t>
   </si>
   <si>
     <t>8:49</t>
   </si>
   <si>
     <t>(8:50) 7-Eric Ross kicks 75 yards from MIL 35 to E.P -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-E.P 25 (8:50) 34-Ronald Andrew ran to E.P 24 for -1 yards. Tackle by 3-Arthur Green.</t>
   </si>
   <si>
     <t>8:06</t>
   </si>
   <si>
     <t>2-11-E.P 24 (8:05) 34-Ronald Andrew ran to E.P 25 for 1 yards. Tackle by 78-Danny Green.</t>
   </si>
   <si>
     <t>7:34</t>
   </si>