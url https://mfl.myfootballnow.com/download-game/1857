--- v0 (2025-10-20)
+++ v1 (2025-12-07)
@@ -281,51 +281,51 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>S.A has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>E.P</t>
   </si>
   <si>
     <t>E.P 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 4-Bradford Pettus kicks 75 yards from E.P 35 to S.A -10. Touchback.</t>
   </si>
   <si>
-    <t>#83 David Rodriquez - WR</t>
+    <t>#15 David Rodriquez - WR</t>
   </si>
   <si>
     <t>#10 Nathan Palmer - WR</t>
   </si>
   <si>
     <t>#47 William Gray - FS</t>
   </si>
   <si>
     <t>#55 George Shanks - WLB</t>
   </si>
   <si>
     <t>#34 Kevin Sanroman - FS</t>
   </si>
   <si>
     <t>#25 Bennie Jackson - FS</t>
   </si>
   <si>
     <t>#65 Harry Brewster - DT</t>
   </si>
   <si>
     <t>#61 Robert Westbrook - RDE</t>
   </si>
   <si>
     <t>#54 Preston Leasure - MLB</t>
   </si>
@@ -374,51 +374,51 @@
   <si>
     <t>#61 Claude McDonald - RG</t>
   </si>
   <si>
     <t>#78 Ronald Keyser - C</t>
   </si>
   <si>
     <t>#71 Edgar Pfister - RG</t>
   </si>
   <si>
     <t>#78 Landon Gonzalez - RT</t>
   </si>
   <si>
     <t>#70 Chris Zorich - RDE</t>
   </si>
   <si>
     <t>#97 Melvin Tsang - DT</t>
   </si>
   <si>
     <t>#92 Sackum Again - LDE</t>
   </si>
   <si>
     <t>#72 John Hiatt - LDE</t>
   </si>
   <si>
-    <t>#54 Stanley Sullivan - WLB</t>
+    <t>#99 Stanley Sullivan - WLB</t>
   </si>
   <si>
     <t>#96 Christopher Thomas - MLB</t>
   </si>
   <si>
     <t>#99 Kevin Campbell - SLB</t>
   </si>
   <si>
     <t>#21 James Knox - CB</t>
   </si>
   <si>
     <t>#1 Manny Ortega - CB</t>
   </si>
   <si>
     <t>#43 Zackary George - CB</t>
   </si>
   <si>
     <t>#47 Robert Miller - CB</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
@@ -542,51 +542,51 @@
   <si>
     <t>#68 Joe Manning - RG</t>
   </si>
   <si>
     <t>#63 Palmer Walker - C</t>
   </si>
   <si>
     <t>#67 Gregory Mills - C</t>
   </si>
   <si>
     <t>#74 Willie Fernandez - LG</t>
   </si>
   <si>
     <t>#93 Norman Uribe - LDE</t>
   </si>
   <si>
     <t>#92 Robert Hartzog - DT</t>
   </si>
   <si>
     <t>#96 Joshua Shah - SLB</t>
   </si>
   <si>
     <t>#54 Richard Matherly - WLB</t>
   </si>
   <si>
-    <t>#27 Samuel Montalvo - MLB</t>
+    <t>#59 Samuel Montalvo - MLB</t>
   </si>
   <si>
     <t>13:29</t>
   </si>
   <si>
     <t>E.P 44</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>2-3-E.P 44 (13:28) 8-Maurice Nelson ran to S.A 45 for 11 yards. Tackle by 22-Samuel Montalvo.</t>
   </si>
   <si>
     <t>12:53</t>
   </si>
   <si>
     <t>S.A 45</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>