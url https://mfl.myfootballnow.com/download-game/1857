--- v1 (2025-12-07)
+++ v2 (2026-01-08)
@@ -302,51 +302,51 @@
   <si>
     <t>(15:00) 4-Bradford Pettus kicks 75 yards from E.P 35 to S.A -10. Touchback.</t>
   </si>
   <si>
     <t>#15 David Rodriquez - WR</t>
   </si>
   <si>
     <t>#10 Nathan Palmer - WR</t>
   </si>
   <si>
     <t>#47 William Gray - FS</t>
   </si>
   <si>
     <t>#55 George Shanks - WLB</t>
   </si>
   <si>
     <t>#34 Kevin Sanroman - FS</t>
   </si>
   <si>
     <t>#25 Bennie Jackson - FS</t>
   </si>
   <si>
     <t>#65 Harry Brewster - DT</t>
   </si>
   <si>
-    <t>#61 Robert Westbrook - RDE</t>
+    <t>#79 Robert Westbrook - RDE</t>
   </si>
   <si>
     <t>#54 Preston Leasure - MLB</t>
   </si>
   <si>
     <t>#42 Sterling Gravelle - CB</t>
   </si>
   <si>
     <t>#69 William Snowden - DT</t>
   </si>
   <si>
     <t>#4 Bradford Pettus - K</t>
   </si>
   <si>
     <t>S.A</t>
   </si>
   <si>
     <t>S.A 25</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>