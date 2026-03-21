--- v2 (2026-01-08)
+++ v3 (2026-03-21)
@@ -374,84 +374,84 @@
   <si>
     <t>#61 Claude McDonald - RG</t>
   </si>
   <si>
     <t>#78 Ronald Keyser - C</t>
   </si>
   <si>
     <t>#71 Edgar Pfister - RG</t>
   </si>
   <si>
     <t>#78 Landon Gonzalez - RT</t>
   </si>
   <si>
     <t>#70 Chris Zorich - RDE</t>
   </si>
   <si>
     <t>#97 Melvin Tsang - DT</t>
   </si>
   <si>
     <t>#92 Sackum Again - LDE</t>
   </si>
   <si>
     <t>#72 John Hiatt - LDE</t>
   </si>
   <si>
-    <t>#99 Stanley Sullivan - WLB</t>
+    <t>#96 Stanley Sullivan - WLB</t>
   </si>
   <si>
     <t>#96 Christopher Thomas - MLB</t>
   </si>
   <si>
     <t>#99 Kevin Campbell - SLB</t>
   </si>
   <si>
     <t>#21 James Knox - CB</t>
   </si>
   <si>
     <t>#1 Manny Ortega - CB</t>
   </si>
   <si>
     <t>#43 Zackary George - CB</t>
   </si>
   <si>
     <t>#47 Robert Miller - CB</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>Quarter Normal CB5 MLB Blitz</t>
   </si>
   <si>
     <t>2-10-S.A 25 (14:56) 1-Louis Cofield pass Pass knocked down by 20-Johnson Key. incomplete, intended for 36-Keith Mullins.</t>
   </si>
   <si>
-    <t>#42 Keith Mullins - RB</t>
+    <t>#45 Keith Mullins - RB</t>
   </si>
   <si>
     <t>#17 Louis Ridenour - WR</t>
   </si>
   <si>
     <t>#68 Michael Simpson - RT</t>
   </si>
   <si>
     <t>#50 Dennis Robinson - MLB</t>
   </si>
   <si>
     <t>#30 Jonathon Jackson - CB</t>
   </si>
   <si>
     <t>#20 Johnson Key - CB</t>
   </si>
   <si>
     <t>#48 Deon Sanders - CB</t>
   </si>
   <si>
     <t>#42 Howard Debolt - FS</t>
   </si>
   <si>
     <t>#31 Jacob Samuels - SS</t>
   </si>