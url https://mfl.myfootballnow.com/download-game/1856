--- v0 (2025-10-29)
+++ v1 (2026-01-28)
@@ -290,72 +290,72 @@
   <si>
     <t>DEN</t>
   </si>
   <si>
     <t>DEN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 12-Richard Pressley kicks 75 yards from DEN 35 to POR -10. Touchback.</t>
   </si>
   <si>
     <t>#87 Vincent Brown - WR</t>
   </si>
   <si>
     <t>#50 Willie Montgomery - WLB</t>
   </si>
   <si>
     <t>#94 John Izquierdo - LDE</t>
   </si>
   <si>
-    <t>#56 Mohammad Maguire - MLB</t>
+    <t>#58 Mohammad Maguire - MLB</t>
   </si>
   <si>
     <t>#56 Jay Roy - MLB</t>
   </si>
   <si>
     <t>#45 William Ray - CB</t>
   </si>
   <si>
     <t>#48 Hollis Watford - SS</t>
   </si>
   <si>
     <t>#40 James Ackerman - CB</t>
   </si>
   <si>
     <t>#33 Juan Howard - SS</t>
   </si>
   <si>
     <t>#22 Timothy Oneal - FS</t>
   </si>
   <si>
-    <t>#35 Todd Thatcher - SS</t>
+    <t>#35 Todd Thatcher - CB</t>
   </si>
   <si>
     <t>#2 Richard Pressley - K</t>
   </si>
   <si>
     <t>POR</t>
   </si>
   <si>
     <t>POR 25</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Dime Normal 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-POR 25 (15:00) 1-Richard Smart pass complete to 31-Erik Swain to POR 27 for 2 yards. Tackle by 23-Travis Hall. Nice job by 31-Erik Swain on that route to lose his coverage.</t>
   </si>
   <si>
     <t>#1 Richard Smart - QB</t>
   </si>
   <si>
     <t>#20 Erik Swain - RB</t>
   </si>
@@ -374,90 +374,90 @@
   <si>
     <t>#27 Gerard Baker - LG</t>
   </si>
   <si>
     <t>#75 Jose Mosley - C</t>
   </si>
   <si>
     <t>#71 William Schaefer - RG</t>
   </si>
   <si>
     <t>#77 Heriberto Mason - RT</t>
   </si>
   <si>
     <t>#79 John Clayton - LDE</t>
   </si>
   <si>
     <t>#92 Robert Novello - DT</t>
   </si>
   <si>
     <t>#69 John Travis - DT</t>
   </si>
   <si>
     <t>#75 Thomas Sage - RDE</t>
   </si>
   <si>
-    <t>#53 James Moore - SLB</t>
+    <t>#53 James Moore - MLB</t>
   </si>
   <si>
     <t>#21 Brent Bradshaw - SS</t>
   </si>
   <si>
-    <t>#20 Alfred Evans - CB</t>
+    <t>#25 Alfred Evans - CB</t>
   </si>
   <si>
     <t>#23 Travis Hall - FS</t>
   </si>
   <si>
     <t>#44 Arthur Weber - CB</t>
   </si>
   <si>
     <t>#31 Preston Gaddis - CB</t>
   </si>
   <si>
-    <t>#28 Gary Merriweather - FS</t>
+    <t>#27 Gary Merriweather - FS</t>
   </si>
   <si>
     <t>14:25</t>
   </si>
   <si>
     <t>POR 27</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>3-4 Normal 4 Deep QB Spy</t>
   </si>
   <si>
     <t>2-8-POR 27 (14:24) 31-Erik Swain ran to POR 39 for 12 yards. Tackle by 26-Preston Gaddis.</t>
   </si>
   <si>
     <t>#83 Charles Barbera - TE</t>
   </si>
   <si>
-    <t>#57 William Patterson - WLB</t>
+    <t>#57 William Patterson - SLB</t>
   </si>
   <si>
     <t>#70 Edward Dolezal - RDE</t>
   </si>
   <si>
     <t>#56 James Howell - WLB</t>
   </si>
   <si>
     <t>13:42</t>
   </si>
   <si>
     <t>POR 39</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>3-4 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-POR 39 (13:41) 31-Erik Swain ran to POR 45 for 7 yards. Tackle by 22-Brent Bradshaw.</t>
   </si>
   <si>
     <t>12:58</t>
   </si>
@@ -524,135 +524,135 @@
   <si>
     <t>#86 Daniel Evans - WR</t>
   </si>
   <si>
     <t>10:51</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-DEN 45 (10:52) 13-Milton Ross punts 41 yards to DEN 4. Fair Catch by 80-Scott Regalado.</t>
   </si>
   <si>
     <t>#13 Milton Ross - P</t>
   </si>
   <si>
     <t>#80 Scott Regalado - WR</t>
   </si>
   <si>
     <t>#24 Thomas Smith - FS</t>
   </si>
   <si>
-    <t>#91 Edward Quintana - DT</t>
+    <t>#92 Edward Quintana - DT</t>
   </si>
   <si>
     <t>#33 Devin Agosto - RB</t>
   </si>
   <si>
     <t>#98 Cory Bolds - WLB</t>
   </si>
   <si>
     <t>#63 Richard Keese - C</t>
   </si>
   <si>
     <t>#75 John Johnson - LDE</t>
   </si>
   <si>
-    <t>#25 Carl Dorsch - FS</t>
+    <t>#22 Carl Dorsch - FS</t>
   </si>
   <si>
     <t>#52 Rick Brumfield - SLB</t>
   </si>
   <si>
     <t>10:44</t>
   </si>
   <si>
     <t>DEN 4</t>
   </si>
   <si>
     <t>Weak I Big HB Counter Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-DEN 4 (10:45) 44-Robert Ackermann ran to DEN 13 for 8 yards. Tackle by 97-Juan Jackson.</t>
   </si>
   <si>
     <t>#18 Clarence Hernandez - QB</t>
   </si>
   <si>
     <t>#42 Robert Ackermann - RB</t>
   </si>
   <si>
     <t>#87 Taylor Robertson - TE</t>
   </si>
   <si>
-    <t>#84 Shawn Duncan - WR</t>
-[...2 lines deleted...]
-    <t>#33 Leo Taylor - RB</t>
+    <t>#19 Shawn Duncan - WR</t>
+  </si>
+  <si>
+    <t>#84 Leo Taylor - WR</t>
   </si>
   <si>
     <t>#87 Andy Chesser - WR</t>
   </si>
   <si>
     <t>#61 Robert Petersen - LT</t>
   </si>
   <si>
     <t>#65 Stanley Sanchez - LG</t>
   </si>
   <si>
     <t>#53 James Green - RG</t>
   </si>
   <si>
-    <t>#63 David Brandt - RG</t>
+    <t>#76 David Brandt - RG</t>
   </si>
   <si>
     <t>#73 Joseph Miller - RT</t>
   </si>
   <si>
     <t>#91 Javier Clardy - LDE</t>
   </si>
   <si>
-    <t>#63 Dwight Bode - DT</t>
+    <t>#93 Dwight Bode - DT</t>
   </si>
   <si>
     <t>#78 James Ellis - DT</t>
   </si>
   <si>
     <t>#68 Clayton Laughlin - RDE</t>
   </si>
   <si>
     <t>#97 Juan Jackson - SLB</t>
   </si>
   <si>
-    <t>#59 John Bennett - WLB</t>
+    <t>#55 John Bennett - WLB</t>
   </si>
   <si>
     <t>#35 William Paterson - CB</t>
   </si>
   <si>
     <t>10:03</t>
   </si>
   <si>
     <t>DEN 13</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Under Wide Line</t>
   </si>
   <si>
     <t>2-2-DEN 13 (10:02) 16-Xavier Bynoe ran to DEN 22 for 9 yards. Tackle by 41-Todd Thatcher.</t>
   </si>
   <si>
     <t>#30 Xavier Bynoe - RB</t>
   </si>
   <si>
     <t>#36 Ken Akins - RB</t>
   </si>
@@ -992,51 +992,51 @@
   <si>
     <t>11:07</t>
   </si>
   <si>
     <t>POR 36</t>
   </si>
   <si>
     <t>3-8-POR 36 (11:06) 29-Devin Agosto ran to POR 30 for 6 yards. Tackle by 54-John Izquierdo.</t>
   </si>
   <si>
     <t>10:30</t>
   </si>
   <si>
     <t>POR 30</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-3-POR 30 (10:29) 12-Richard Pressley 47 yard field goal is GOOD. DEN 66-Mitchel Paradise was injured on the play. He looks like he should be able to return. POR 0 DEN 3</t>
   </si>
   <si>
-    <t>#55 Carlos Sturges - MLB</t>
+    <t>#93 Carlos Sturges - LDE</t>
   </si>
   <si>
     <t>#72 Randy Treadwell - DT</t>
   </si>
   <si>
     <t>10:25</t>
   </si>
   <si>
     <t>(10:26) 12-Richard Pressley kicks 74 yards from DEN 35 to POR -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-POR 25 (10:26) 1-Richard Smart pass complete to 88-Charles Barbera to POR 44 for 19 yards.</t>
   </si>
   <si>
     <t>9:44</t>
   </si>
   <si>
     <t>POR 44</t>
   </si>
   <si>
     <t>1-10-POR 44 (9:43) 1-Richard Smart pass incomplete, intended for 17-Vincent Brown. Pressure by 57-William Patterson. I think that ball started to slip out of his hand as he threw it.</t>
   </si>
   <si>
     <t>9:38</t>
   </si>