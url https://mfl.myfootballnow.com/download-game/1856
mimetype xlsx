--- v1 (2026-01-28)
+++ v2 (2026-03-29)
@@ -365,51 +365,51 @@
   <si>
     <t>#10 Jimmy Moser - WR</t>
   </si>
   <si>
     <t>#12 John Brainerd - WR</t>
   </si>
   <si>
     <t>#42 Christopher Johnson - LT</t>
   </si>
   <si>
     <t>#27 Gerard Baker - LG</t>
   </si>
   <si>
     <t>#75 Jose Mosley - C</t>
   </si>
   <si>
     <t>#71 William Schaefer - RG</t>
   </si>
   <si>
     <t>#77 Heriberto Mason - RT</t>
   </si>
   <si>
     <t>#79 John Clayton - LDE</t>
   </si>
   <si>
-    <t>#92 Robert Novello - DT</t>
+    <t>#64 Robert Novello - DT</t>
   </si>
   <si>
     <t>#69 John Travis - DT</t>
   </si>
   <si>
     <t>#75 Thomas Sage - RDE</t>
   </si>
   <si>
     <t>#53 James Moore - MLB</t>
   </si>
   <si>
     <t>#21 Brent Bradshaw - SS</t>
   </si>
   <si>
     <t>#25 Alfred Evans - CB</t>
   </si>
   <si>
     <t>#23 Travis Hall - FS</t>
   </si>
   <si>
     <t>#44 Arthur Weber - CB</t>
   </si>
   <si>
     <t>#31 Preston Gaddis - CB</t>
   </si>
@@ -419,51 +419,51 @@
   <si>
     <t>14:25</t>
   </si>
   <si>
     <t>POR 27</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>3-4 Normal 4 Deep QB Spy</t>
   </si>
   <si>
     <t>2-8-POR 27 (14:24) 31-Erik Swain ran to POR 39 for 12 yards. Tackle by 26-Preston Gaddis.</t>
   </si>
   <si>
     <t>#83 Charles Barbera - TE</t>
   </si>
   <si>
     <t>#57 William Patterson - SLB</t>
   </si>
   <si>
     <t>#70 Edward Dolezal - RDE</t>
   </si>
   <si>
-    <t>#56 James Howell - WLB</t>
+    <t>#56 James Howell - MLB</t>
   </si>
   <si>
     <t>13:42</t>
   </si>
   <si>
     <t>POR 39</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>3-4 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-POR 39 (13:41) 31-Erik Swain ran to POR 45 for 7 yards. Tackle by 22-Brent Bradshaw.</t>
   </si>
   <si>
     <t>12:58</t>
   </si>
   <si>
     <t>POR 45</t>
   </si>
   <si>
     <t>I Formation Big TE Sneak Out</t>
   </si>
@@ -572,51 +572,51 @@
   <si>
     <t>DEN 4</t>
   </si>
   <si>
     <t>Weak I Big HB Counter Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-DEN 4 (10:45) 44-Robert Ackermann ran to DEN 13 for 8 yards. Tackle by 97-Juan Jackson.</t>
   </si>
   <si>
     <t>#18 Clarence Hernandez - QB</t>
   </si>
   <si>
     <t>#42 Robert Ackermann - RB</t>
   </si>
   <si>
     <t>#87 Taylor Robertson - TE</t>
   </si>
   <si>
     <t>#19 Shawn Duncan - WR</t>
   </si>
   <si>
-    <t>#84 Leo Taylor - WR</t>
+    <t>#20 Leo Taylor - WR</t>
   </si>
   <si>
     <t>#87 Andy Chesser - WR</t>
   </si>
   <si>
     <t>#61 Robert Petersen - LT</t>
   </si>
   <si>
     <t>#65 Stanley Sanchez - LG</t>
   </si>
   <si>
     <t>#53 James Green - RG</t>
   </si>
   <si>
     <t>#76 David Brandt - RG</t>
   </si>
   <si>
     <t>#73 Joseph Miller - RT</t>
   </si>
   <si>
     <t>#91 Javier Clardy - LDE</t>
   </si>
   <si>
     <t>#93 Dwight Bode - DT</t>
   </si>
@@ -1133,51 +1133,51 @@
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>2-1-DEN 1 (4:27) 31-Erik Swain ran to DEN 6 for -5 yards. Tackle by 26-Preston Gaddis.</t>
   </si>
   <si>
     <t>DEN 6</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>3-6-DEN 6 (3:44) 1-Richard Smart pass complete to 17-Vincent Brown to DEN 2 for 4 yards. Tackle by 26-Preston Gaddis.</t>
   </si>
   <si>
     <t>3:10</t>
   </si>
   <si>
     <t>4-2-DEN 2 (3:09) 6-Don Lambert 19 yard field goal is GOOD. POR 3 DEN 3</t>
   </si>
   <si>
     <t>#3 Clifford Romero - QB</t>
   </si>
   <si>
-    <t>#14 Don Lambert - K</t>
+    <t>#4 Don Lambert - K</t>
   </si>
   <si>
     <t>POR 35</t>
   </si>
   <si>
     <t>(3:07) 6-Don Lambert kicks 72 yards from POR 35 to DEN -7. 80-Scott Regalado to DEN 18 for 26 yards. Tackle by 20-Hollis Watford. DEN 76-Edward Quintana was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>3:02</t>
   </si>
   <si>
     <t>DEN 18</t>
   </si>
   <si>
     <t>1-10-DEN 18 (3:03) 16-Xavier Bynoe ran to DEN 28 for 10 yards. Tackle by 59-Mohammad Maguire.</t>
   </si>
   <si>
     <t>2:23</t>
   </si>
   <si>
     <t>2-1-DEN 28 (2:22) 34-Scott Black ran to DEN 30 for 2 yards. Tackle by 60-James Ellis.</t>
   </si>
   <si>
     <t>2:00</t>
   </si>