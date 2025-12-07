--- v0 (2025-11-01)
+++ v1 (2025-12-07)
@@ -290,51 +290,51 @@
   <si>
     <t>L.V</t>
   </si>
   <si>
     <t>L.V 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 6-Justin Wright kicks 74 yards from L.V 35 to DAL -9. Touchback.</t>
   </si>
   <si>
     <t>#16 William Johnson - WR</t>
   </si>
   <si>
     <t>#37 Kenneth Proulx - CB</t>
   </si>
   <si>
     <t>#77 Marcos Gilbert - RDE</t>
   </si>
   <si>
-    <t>#95 Douglas Vallejo - MLB</t>
+    <t>#99 Douglas Vallejo - MLB</t>
   </si>
   <si>
     <t>#49 Aldo Sonnenberg - CB</t>
   </si>
   <si>
     <t>#55 Lawrence Watts - MLB</t>
   </si>
   <si>
     <t>#13 Carl Sizemore - WR</t>
   </si>
   <si>
     <t>#48 Gary Toth - FS</t>
   </si>
   <si>
     <t>#43 David Westlund - CB</t>
   </si>
   <si>
     <t>#93 John Nichols - DT</t>
   </si>
   <si>
     <t>#99 Theodore Spady - MLB</t>
   </si>
   <si>
     <t>#6 Justin Wright - K</t>
   </si>
@@ -350,51 +350,51 @@
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-DAL 25 (15:00) 13-Antonio McDermott pass incomplete, dropped by 89-Thomas Baker. The coverage on that play was extremely tight. Pressure by 79-Tom Meurer. PENALTY - Pass Interference (L.V 29-Gene Garrison)</t>
   </si>
   <si>
     <t>#7 Antonio McDermott - QB</t>
   </si>
   <si>
     <t>#23 Joseph Crane - RB</t>
   </si>
   <si>
     <t>#42 Chris Boucher - FB</t>
   </si>
   <si>
     <t>#89 Thomas Baker - WR</t>
   </si>
   <si>
     <t>#60 Tommie Hamilton - LT</t>
   </si>
   <si>
     <t>#66 William Turner - LG</t>
   </si>
   <si>
-    <t>#67 Lloyd Little - C</t>
+    <t>#61 Lloyd Little - C</t>
   </si>
   <si>
     <t>#73 Walter Herrera - RG</t>
   </si>
   <si>
     <t>#58 John McCarthy - RT</t>
   </si>
   <si>
     <t>#66 Jack Wright - DT</t>
   </si>
   <si>
     <t>#77 Roy Day - DT</t>
   </si>
   <si>
     <t>#73 John Chipman - DT</t>
   </si>
   <si>
     <t>#79 Tom Meurer - RDE</t>
   </si>
   <si>
     <t>#54 James Stjohn - SLB</t>
   </si>
   <si>
     <t>#92 Kenneth Ingram - MLB</t>
   </si>
@@ -521,72 +521,72 @@
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-L.V 21 (13:23) 18-Alan Gray ran to L.V 21 for a short gain. Tackle by 50-Robert Underwood.</t>
   </si>
   <si>
     <t>#2 Don Allen - QB</t>
   </si>
   <si>
     <t>#18 Alan Gray - WR</t>
   </si>
   <si>
     <t>#43 William Beard - RB</t>
   </si>
   <si>
     <t>#14 Charles Phillips - WR</t>
   </si>
   <si>
     <t>#82 Keith Salguero - WR</t>
   </si>
   <si>
-    <t>#79 Arnold King - LT</t>
+    <t>#61 Arnold King - LG</t>
   </si>
   <si>
     <t>#60 Larry Davis - LG</t>
   </si>
   <si>
     <t>#69 Louis Sanders - C</t>
   </si>
   <si>
     <t>#71 Kenneth Murray - C</t>
   </si>
   <si>
     <t>#52 Jason Diaz - RT</t>
   </si>
   <si>
     <t>#75 Stuart Arechiga - LDE</t>
   </si>
   <si>
     <t>#55 Lamar Blackman - DT</t>
   </si>
   <si>
-    <t>#53 William Jackson - DT</t>
+    <t>#50 William Jackson - DT</t>
   </si>
   <si>
     <t>#57 Edward Hyler - RDE</t>
   </si>
   <si>
     <t>#90 James Andrus - SLB</t>
   </si>
   <si>
     <t>#47 Robert Underwood - CB</t>
   </si>
   <si>
     <t>#31 Richard Ott - CB</t>
   </si>
   <si>
     <t>12:45</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Normal SLB Outside Blitz</t>
   </si>
   <si>
     <t>2-10-L.V 21 (12:44) 2-Don Allen pass complete to 32-Stanton Copeland to L.V 32 for 11 yards. Tackle by 50-Robert Underwood.</t>
   </si>
@@ -959,51 +959,51 @@
   <si>
     <t>1-10-L.V 31 (3:29) 2-Don Allen pass complete to 82-Keith Salguero to L.V 41 for 9 yards. Tackle by 92-Lawrence Watts. Great move by 82-Keith Salguero to get free of his coverage.</t>
   </si>
   <si>
     <t>2:55</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-1-L.V 41 (2:54) 32-Stanton Copeland ran to DAL 48 for 11 yards. Tackle by 38-Richard Ott.</t>
   </si>
   <si>
     <t>2:18</t>
   </si>
   <si>
     <t>DAL 48</t>
   </si>
   <si>
     <t>Strong I Big TE Post</t>
   </si>
   <si>
     <t>1-10-DAL 48 (2:17) 2-Don Allen pass complete to 89-Eric Warner to DAL 37 for 11 yards. Tackle by 43-David Westlund. 89-Eric Warner breaks down the CB. Pressure by 57-Edward Hyler.</t>
   </si>
   <si>
-    <t>#89 Eric Warner - TE</t>
+    <t>#88 Eric Warner - TE</t>
   </si>
   <si>
     <t>1:44</t>
   </si>
   <si>
     <t>DAL 37</t>
   </si>
   <si>
     <t>1-10-DAL 37 (1:43) 2-Don Allen pass complete to 14-Charles Phillips to DAL 27 for 10 yards. Tackle by 43-David Westlund. 14-Charles Phillips did some fancy footwork there.</t>
   </si>
   <si>
     <t>1:07</t>
   </si>
   <si>
     <t>DAL 27</t>
   </si>
   <si>
     <t>1-10-DAL 27 (1:06) 2-Don Allen pass complete to 32-Stanton Copeland to DAL 15 for 12 yards. Tackle by 36-Gary Toth.</t>
   </si>
   <si>
     <t>0:27</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>