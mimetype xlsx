--- v1 (2025-12-07)
+++ v2 (2025-12-30)
@@ -332,51 +332,51 @@
   <si>
     <t>#93 John Nichols - DT</t>
   </si>
   <si>
     <t>#99 Theodore Spady - MLB</t>
   </si>
   <si>
     <t>#6 Justin Wright - K</t>
   </si>
   <si>
     <t>DAL</t>
   </si>
   <si>
     <t>DAL 25</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-DAL 25 (15:00) 13-Antonio McDermott pass incomplete, dropped by 89-Thomas Baker. The coverage on that play was extremely tight. Pressure by 79-Tom Meurer. PENALTY - Pass Interference (L.V 29-Gene Garrison)</t>
   </si>
   <si>
-    <t>#7 Antonio McDermott - QB</t>
+    <t>#16 Antonio McDermott - QB</t>
   </si>
   <si>
     <t>#23 Joseph Crane - RB</t>
   </si>
   <si>
     <t>#42 Chris Boucher - FB</t>
   </si>
   <si>
     <t>#89 Thomas Baker - WR</t>
   </si>
   <si>
     <t>#60 Tommie Hamilton - LT</t>
   </si>
   <si>
     <t>#66 William Turner - LG</t>
   </si>
   <si>
     <t>#61 Lloyd Little - C</t>
   </si>
   <si>
     <t>#73 Walter Herrera - RG</t>
   </si>
   <si>
     <t>#58 John McCarthy - RT</t>
   </si>
@@ -2359,51 +2359,51 @@
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CD184"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="327.92" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>