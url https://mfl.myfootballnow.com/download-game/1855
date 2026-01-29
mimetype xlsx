--- v2 (2025-12-30)
+++ v3 (2026-01-29)
@@ -332,96 +332,96 @@
   <si>
     <t>#93 John Nichols - DT</t>
   </si>
   <si>
     <t>#99 Theodore Spady - MLB</t>
   </si>
   <si>
     <t>#6 Justin Wright - K</t>
   </si>
   <si>
     <t>DAL</t>
   </si>
   <si>
     <t>DAL 25</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-DAL 25 (15:00) 13-Antonio McDermott pass incomplete, dropped by 89-Thomas Baker. The coverage on that play was extremely tight. Pressure by 79-Tom Meurer. PENALTY - Pass Interference (L.V 29-Gene Garrison)</t>
   </si>
   <si>
-    <t>#16 Antonio McDermott - QB</t>
+    <t>#6 Antonio McDermott - QB</t>
   </si>
   <si>
     <t>#23 Joseph Crane - RB</t>
   </si>
   <si>
     <t>#42 Chris Boucher - FB</t>
   </si>
   <si>
     <t>#89 Thomas Baker - WR</t>
   </si>
   <si>
     <t>#60 Tommie Hamilton - LT</t>
   </si>
   <si>
     <t>#66 William Turner - LG</t>
   </si>
   <si>
     <t>#61 Lloyd Little - C</t>
   </si>
   <si>
     <t>#73 Walter Herrera - RG</t>
   </si>
   <si>
     <t>#58 John McCarthy - RT</t>
   </si>
   <si>
-    <t>#66 Jack Wright - DT</t>
+    <t>#61 Jack Wright - DT</t>
   </si>
   <si>
     <t>#77 Roy Day - DT</t>
   </si>
   <si>
     <t>#73 John Chipman - DT</t>
   </si>
   <si>
     <t>#79 Tom Meurer - RDE</t>
   </si>
   <si>
     <t>#54 James Stjohn - SLB</t>
   </si>
   <si>
     <t>#92 Kenneth Ingram - MLB</t>
   </si>
   <si>
-    <t>#96 Douglas Davis - WLB</t>
+    <t>#96 Douglas Davis - LDE</t>
   </si>
   <si>
     <t>#41 Vincent Mattison - CB</t>
   </si>
   <si>
     <t>#37 Oscar Dominguez - CB</t>
   </si>
   <si>
     <t>#35 Lucas Hogan - SS</t>
   </si>
   <si>
     <t>#29 Gene Garrison - FS</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>DAL 32</t>
   </si>
   <si>
     <t>Weak I Big HB Lead Toss Weak</t>
   </si>
   <si>
     <t>1-10-DAL 32 (14:57) 23-Joseph Crane ran to DAL 38 for 5 yards. Tackle by 98-Cyril Thomas.</t>
   </si>
@@ -2359,51 +2359,51 @@
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CD184"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="327.92" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>