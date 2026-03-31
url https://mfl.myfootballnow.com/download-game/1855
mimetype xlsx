--- v3 (2026-01-29)
+++ v4 (2026-03-31)
@@ -1385,51 +1385,51 @@
   <si>
     <t>13:35</t>
   </si>
   <si>
     <t>L.V 38</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>1-10-L.V 38 (13:34) 2-Don Allen pass complete to 82-Keith Salguero to DAL 39 for 22 yards. Tackle by 37-Kenneth Proulx.</t>
   </si>
   <si>
     <t>12:49</t>
   </si>
   <si>
     <t>1-10-DAL 39 (12:48) 2-Don Allen pass incomplete, intended for 43-William Beard.</t>
   </si>
   <si>
     <t>12:43</t>
   </si>
   <si>
     <t>2-10-DAL 39 (12:44) 2-Don Allen pass complete to 43-William Beard to DAL 6 for 34 yards. 43-William Beard made a great move on the CB.</t>
   </si>
   <si>
-    <t>#91 Dexter Rosario - WLB</t>
+    <t>#93 Dexter Rosario - WLB</t>
   </si>
   <si>
     <t>12:00</t>
   </si>
   <si>
     <t>DAL 6</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>1-6-DAL 6 (11:59) 28-Jesse Tapia ran to DAL 0 for 5 yards. TOUCHDOWN! DAL 55-Lamar Blackman was injured on the play. He looks like he should be able to return. L.V 34 DAL 0</t>
   </si>
   <si>
     <t>#28 Jesse Tapia - RB</t>
   </si>
   <si>
     <t>11:54</t>
   </si>
   <si>
     <t>(11:55) Extra point GOOD by 3-James Miller. L.V 35 DAL 0</t>
   </si>
   <si>
     <t>(11:55) 6-Justin Wright kicks 74 yards from L.V 35 to DAL -9. Touchback.</t>
   </si>