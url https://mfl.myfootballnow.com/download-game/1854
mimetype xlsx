--- v0 (2025-10-14)
+++ v1 (2025-12-07)
@@ -296,105 +296,105 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-James Dover kicks 73 yards from SEA 35 to HOU -8. Touchback.</t>
   </si>
   <si>
     <t>#85 Isaias Simpson - WR</t>
   </si>
   <si>
     <t>#51 Steven Burns - DT</t>
   </si>
   <si>
     <t>#69 John Yocum - LDE</t>
   </si>
   <si>
     <t>#94 Frank Marquez - WLB</t>
   </si>
   <si>
     <t>#93 Ernest Stone - MLB</t>
   </si>
   <si>
-    <t>#24 Michael Ricks - SS</t>
+    <t>#36 Michael Ricks - FS</t>
   </si>
   <si>
     <t>#59 Robert Johnson - MLB</t>
   </si>
   <si>
     <t>#42 James Hadden - SS</t>
   </si>
   <si>
     <t>#94 Allen Huntley - SLB</t>
   </si>
   <si>
     <t>#98 Robert Pope - WLB</t>
   </si>
   <si>
-    <t>#54 Joshua Howard - LDE</t>
+    <t>#54 Joshua Howard - RDE</t>
   </si>
   <si>
     <t>#3 James Dover - K</t>
   </si>
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>HOU 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-HOU 25 (15:00) 11-Raymond Stout pass Pass knocked down by 95-Lee Garcia. incomplete, intended for 82-Edward Suggs.</t>
   </si>
   <si>
     <t>#11 Raymond Stout - QB</t>
   </si>
   <si>
     <t>#23 Andrew Dearborn - RB</t>
   </si>
   <si>
     <t>#81 James Kirk - TE</t>
   </si>
   <si>
     <t>#15 Cyrus Tasker - WR</t>
   </si>
   <si>
     <t>#19 Edward Suggs - WR</t>
   </si>
   <si>
     <t>#74 Alfred Silvey - LT</t>
   </si>
   <si>
-    <t>#62 Shawn Anderson - LG</t>
+    <t>#76 Shawn Anderson - LG</t>
   </si>
   <si>
     <t>#67 Louis McMullen - C</t>
   </si>
   <si>
     <t>#77 Benjamin Loy - RT</t>
   </si>
   <si>
     <t>#59 Lee Morris - RT</t>
   </si>
   <si>
     <t>#95 Michael Denson - LDE</t>
   </si>
   <si>
     <t>#94 Louis Gibbs - DT</t>
   </si>
   <si>
     <t>#67 Derrick Cecil - RDE</t>
   </si>
   <si>
     <t>#53 Tyrone Thompson - SLB</t>
   </si>
   <si>
     <t>#97 Lee Garcia - MLB</t>
   </si>
@@ -449,144 +449,144 @@
   <si>
     <t>#28 Andrew Beckwith - RB</t>
   </si>
   <si>
     <t>13:34</t>
   </si>
   <si>
     <t>HOU 34</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-HOU 34 (13:33) 9-Mark Juan punts 61 yards to SEA 5.</t>
   </si>
   <si>
     <t>#9 Mark Juan - P</t>
   </si>
   <si>
     <t>#68 Joseph Leon - RG</t>
   </si>
   <si>
-    <t>#73 Anthony Carl - DT</t>
+    <t>#39 Anthony Carl - FS</t>
   </si>
   <si>
     <t>#55 Chester Vincent - RG</t>
   </si>
   <si>
     <t>#65 Gregg Guard - LG</t>
   </si>
   <si>
     <t>#91 Shane Doherty - LDE</t>
   </si>
   <si>
     <t>13:21</t>
   </si>
   <si>
     <t>SEA 5</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Blitz</t>
   </si>
   <si>
     <t>1-10-SEA 5 (13:22) 26-Kevin White ran to SEA 6 for 2 yards. Tackle by 98-Robert Pope.</t>
   </si>
   <si>
     <t>#9 James Polly - QB</t>
   </si>
   <si>
     <t>#26 Kevin White - RB</t>
   </si>
   <si>
     <t>#84 Harold Sheller - TE</t>
   </si>
   <si>
-    <t>#82 Kenneth Cheek - WR</t>
+    <t>#17 Kenneth Cheek - WR</t>
   </si>
   <si>
     <t>#13 Lawrence Parker - WR</t>
   </si>
   <si>
     <t>#16 Hubert Langhorne - WR</t>
   </si>
   <si>
     <t>#59 Terry Carpenter - LT</t>
   </si>
   <si>
-    <t>#66 Chester Winters - LG</t>
+    <t>#68 Chester Winters - LG</t>
   </si>
   <si>
     <t>#62 Carl Lewis - C</t>
   </si>
   <si>
     <t>#79 Michael Tobin - RG</t>
   </si>
   <si>
     <t>#51 Vernon Lee - RT</t>
   </si>
   <si>
     <t>#78 Ricky Pal - LDE</t>
   </si>
   <si>
-    <t>#68 Justin Webb - LDE</t>
-[...2 lines deleted...]
-    <t>#97 Charlie Ali - LDE</t>
+    <t>#79 Justin Webb - LDE</t>
+  </si>
+  <si>
+    <t>#91 Charlie Ali - LDE</t>
   </si>
   <si>
     <t>#43 William Muir - CB</t>
   </si>
   <si>
     <t>#38 Michael Foley - CB</t>
   </si>
   <si>
     <t>12:42</t>
   </si>
   <si>
     <t>SEA 6</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>2-8-SEA 6 (12:41) 9-James Polly pass complete to 84-Harold Sheller to SEA 8 for 2 yards. Tackle by 43-William Muir. Nice job by 84-Harold Sheller on that route to lose his coverage.</t>
   </si>
   <si>
     <t>#47 James Madison - RB</t>
   </si>
   <si>
-    <t>#37 James Heidrick - FB</t>
+    <t>#38 James Heidrick - FB</t>
   </si>
   <si>
     <t>#86 Michael Truman - TE</t>
   </si>
   <si>
     <t>11:57</t>
   </si>
   <si>
     <t>SEA 8</t>
   </si>
   <si>
     <t>Nickel Strong FS CB3 Blitz</t>
   </si>
   <si>
     <t>3-6-SEA 8 (11:56) 9-James Polly pass complete to 13-Lawrence Parker to SEA 18 for 10 yards. Tackle by 98-Robert Pope.</t>
   </si>
   <si>
     <t>#24 Bill Segers - CB</t>
   </si>
   <si>
     <t>#45 William Hashimoto - FS</t>
   </si>
   <si>
     <t>11:22</t>
   </si>