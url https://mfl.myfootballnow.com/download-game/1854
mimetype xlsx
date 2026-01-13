--- v1 (2025-12-07)
+++ v2 (2026-01-13)
@@ -290,63 +290,63 @@
   <si>
     <t>SEA</t>
   </si>
   <si>
     <t>SEA 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-James Dover kicks 73 yards from SEA 35 to HOU -8. Touchback.</t>
   </si>
   <si>
     <t>#85 Isaias Simpson - WR</t>
   </si>
   <si>
     <t>#51 Steven Burns - DT</t>
   </si>
   <si>
     <t>#69 John Yocum - LDE</t>
   </si>
   <si>
-    <t>#94 Frank Marquez - WLB</t>
+    <t>#99 Frank Marquez - WLB</t>
   </si>
   <si>
     <t>#93 Ernest Stone - MLB</t>
   </si>
   <si>
     <t>#36 Michael Ricks - FS</t>
   </si>
   <si>
     <t>#59 Robert Johnson - MLB</t>
   </si>
   <si>
-    <t>#42 James Hadden - SS</t>
+    <t>#23 James Hadden - CB</t>
   </si>
   <si>
     <t>#94 Allen Huntley - SLB</t>
   </si>
   <si>
     <t>#98 Robert Pope - WLB</t>
   </si>
   <si>
     <t>#54 Joshua Howard - RDE</t>
   </si>
   <si>
     <t>#3 James Dover - K</t>
   </si>
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>HOU 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
@@ -506,60 +506,60 @@
   <si>
     <t>#84 Harold Sheller - TE</t>
   </si>
   <si>
     <t>#17 Kenneth Cheek - WR</t>
   </si>
   <si>
     <t>#13 Lawrence Parker - WR</t>
   </si>
   <si>
     <t>#16 Hubert Langhorne - WR</t>
   </si>
   <si>
     <t>#59 Terry Carpenter - LT</t>
   </si>
   <si>
     <t>#68 Chester Winters - LG</t>
   </si>
   <si>
     <t>#62 Carl Lewis - C</t>
   </si>
   <si>
     <t>#79 Michael Tobin - RG</t>
   </si>
   <si>
-    <t>#51 Vernon Lee - RT</t>
+    <t>#77 Vernon Lee - RT</t>
   </si>
   <si>
     <t>#78 Ricky Pal - LDE</t>
   </si>
   <si>
     <t>#79 Justin Webb - LDE</t>
   </si>
   <si>
-    <t>#91 Charlie Ali - LDE</t>
+    <t>#91 Charlie Ali - RDE</t>
   </si>
   <si>
     <t>#43 William Muir - CB</t>
   </si>
   <si>
     <t>#38 Michael Foley - CB</t>
   </si>
   <si>
     <t>12:42</t>
   </si>
   <si>
     <t>SEA 6</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>2-8-SEA 6 (12:41) 9-James Polly pass complete to 84-Harold Sheller to SEA 8 for 2 yards. Tackle by 43-William Muir. Nice job by 84-Harold Sheller on that route to lose his coverage.</t>
   </si>
   <si>
     <t>#47 James Madison - RB</t>
   </si>
@@ -944,51 +944,51 @@
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>HOU 42</t>
   </si>
   <si>
     <t>Weak I Normal FB Inside Weak</t>
   </si>
   <si>
     <t>3-1-HOU 42 (15:00) 85-Shawn Ramirez ran to HOU 44 for 2 yards. Tackle by 61-Bruce Asbury.</t>
   </si>
   <si>
     <t>14:27</t>
   </si>
   <si>
     <t>HOU 44</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-HOU 44 (14:26) 11-Raymond Stout pass complete to 82-Edward Suggs to SEA 49 for 8 yards. Tackle by 35-Francis Morris.</t>
   </si>
   <si>
-    <t>#54 Robt Thompson - DT</t>
+    <t>#51 Robt Thompson - DT</t>
   </si>
   <si>
     <t>13:45</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>2-2-SEA 49 (13:44) 23-Andrew Dearborn ran to HOU 50 for -2 yards. Tackle by 61-Bruce Asbury. 67-Louis McMullen totally missed that block.</t>
   </si>
   <si>
     <t>13:02</t>
   </si>
   <si>
     <t>HOU 50</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>Nickel Strong Man Strong Zone Weak</t>
   </si>
   <si>
     <t>3-4-HOU 50 (13:01) 11-Raymond Stout pass Pass knocked down by 90-Derek Neville. incomplete, intended for 23-Andrew Dearborn.</t>
   </si>