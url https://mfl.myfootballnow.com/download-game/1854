--- v2 (2026-01-13)
+++ v3 (2026-03-14)
@@ -311,117 +311,117 @@
   <si>
     <t>#69 John Yocum - LDE</t>
   </si>
   <si>
     <t>#99 Frank Marquez - WLB</t>
   </si>
   <si>
     <t>#93 Ernest Stone - MLB</t>
   </si>
   <si>
     <t>#36 Michael Ricks - FS</t>
   </si>
   <si>
     <t>#59 Robert Johnson - MLB</t>
   </si>
   <si>
     <t>#23 James Hadden - CB</t>
   </si>
   <si>
     <t>#94 Allen Huntley - SLB</t>
   </si>
   <si>
     <t>#98 Robert Pope - WLB</t>
   </si>
   <si>
-    <t>#54 Joshua Howard - RDE</t>
+    <t>#98 Joshua Howard - RDE</t>
   </si>
   <si>
     <t>#3 James Dover - K</t>
   </si>
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>HOU 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-HOU 25 (15:00) 11-Raymond Stout pass Pass knocked down by 95-Lee Garcia. incomplete, intended for 82-Edward Suggs.</t>
   </si>
   <si>
     <t>#11 Raymond Stout - QB</t>
   </si>
   <si>
     <t>#23 Andrew Dearborn - RB</t>
   </si>
   <si>
     <t>#81 James Kirk - TE</t>
   </si>
   <si>
     <t>#15 Cyrus Tasker - WR</t>
   </si>
   <si>
     <t>#19 Edward Suggs - WR</t>
   </si>
   <si>
     <t>#74 Alfred Silvey - LT</t>
   </si>
   <si>
     <t>#76 Shawn Anderson - LG</t>
   </si>
   <si>
-    <t>#67 Louis McMullen - C</t>
+    <t>#73 Louis McMullen - C</t>
   </si>
   <si>
     <t>#77 Benjamin Loy - RT</t>
   </si>
   <si>
     <t>#59 Lee Morris - RT</t>
   </si>
   <si>
     <t>#95 Michael Denson - LDE</t>
   </si>
   <si>
     <t>#94 Louis Gibbs - DT</t>
   </si>
   <si>
     <t>#67 Derrick Cecil - RDE</t>
   </si>
   <si>
-    <t>#53 Tyrone Thompson - SLB</t>
+    <t>#96 Tyrone Thompson - RDE</t>
   </si>
   <si>
     <t>#97 Lee Garcia - MLB</t>
   </si>
   <si>
-    <t>#58 Rickey Brent - WLB</t>
+    <t>#53 Rickey Brent - WLB</t>
   </si>
   <si>
     <t>#48 Bruce Robinson - CB</t>
   </si>
   <si>
     <t>#35 Francis Morris - CB</t>
   </si>
   <si>
     <t>#43 Reginald Bowlin - CB</t>
   </si>
   <si>
     <t>#35 Mario Kearns - CB</t>
   </si>
   <si>
     <t>#20 James Doty - FS</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
@@ -506,51 +506,51 @@
   <si>
     <t>#84 Harold Sheller - TE</t>
   </si>
   <si>
     <t>#17 Kenneth Cheek - WR</t>
   </si>
   <si>
     <t>#13 Lawrence Parker - WR</t>
   </si>
   <si>
     <t>#16 Hubert Langhorne - WR</t>
   </si>
   <si>
     <t>#59 Terry Carpenter - LT</t>
   </si>
   <si>
     <t>#68 Chester Winters - LG</t>
   </si>
   <si>
     <t>#62 Carl Lewis - C</t>
   </si>
   <si>
     <t>#79 Michael Tobin - RG</t>
   </si>
   <si>
-    <t>#77 Vernon Lee - RT</t>
+    <t>#66 Vernon Lee - RG</t>
   </si>
   <si>
     <t>#78 Ricky Pal - LDE</t>
   </si>
   <si>
     <t>#79 Justin Webb - LDE</t>
   </si>
   <si>
     <t>#91 Charlie Ali - RDE</t>
   </si>
   <si>
     <t>#43 William Muir - CB</t>
   </si>
   <si>
     <t>#38 Michael Foley - CB</t>
   </si>
   <si>
     <t>12:42</t>
   </si>
   <si>
     <t>SEA 6</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
@@ -1034,51 +1034,51 @@
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>2-9-SEA 27 (11:26) 9-James Polly pass Pass knocked down by 98-Robert Pope. incomplete, intended for 26-Kevin White. SEA 79-Michael Tobin was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>11:20</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>3-9-SEA 27 (11:21) 9-James Polly ran to SEA 38 for 11 yards. 9-James Polly slides to avoid being hit.</t>
   </si>
   <si>
     <t>10:36</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle Deep Man</t>
   </si>
   <si>
     <t>1-10-SEA 38 (10:35) 36-Bert Smith ran to SEA 47 for 10 yards. Tackle by 45-William Hashimoto.</t>
   </si>
   <si>
-    <t>#80 Stephen Perry - WR</t>
+    <t>#15 Stephen Perry - WR</t>
   </si>
   <si>
     <t>#12 John Ledford - WR</t>
   </si>
   <si>
     <t>#41 Gary White - CB</t>
   </si>
   <si>
     <t>9:56</t>
   </si>
   <si>
     <t>SEA 47</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>2-1-SEA 47 (9:55) 26-Kevin White ran to HOU 49 for 3 yards. Tackle by 93-Ernest Stone.</t>
   </si>
   <si>
     <t>9:17</t>
   </si>
   <si>
     <t>HOU 49</t>
   </si>