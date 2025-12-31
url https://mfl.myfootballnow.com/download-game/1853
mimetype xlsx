--- v0 (2025-10-30)
+++ v1 (2025-12-31)
@@ -281,60 +281,60 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>TOR has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>DET</t>
   </si>
   <si>
     <t>DET 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 5-Abraham Young kicks 75 yards from DET 35 to TOR -10. Touchback.</t>
   </si>
   <si>
-    <t>#40 Stephen Clifton - RB</t>
+    <t>#30 Stephen Clifton - RB</t>
   </si>
   <si>
     <t>#77 Frank Watkins - DT</t>
   </si>
   <si>
     <t>#99 Homer Williams - WLB</t>
   </si>
   <si>
-    <t>#24 William Freeman - FS</t>
+    <t>#29 William Freeman - FS</t>
   </si>
   <si>
     <t>#98 Jesse Russo - WLB</t>
   </si>
   <si>
     <t>#31 Richard Cole - CB</t>
   </si>
   <si>
     <t>#90 Patrick Lemon - SLB</t>
   </si>
   <si>
     <t>#23 Jon Clark - CB</t>
   </si>
   <si>
     <t>#28 Jonathon Morris - CB</t>
   </si>
   <si>
     <t>#93 George Torres - MLB</t>
   </si>
   <si>
     <t>#96 Alexander Morales - RDE</t>
   </si>
   <si>
     <t>#5 Abraham Young - K</t>
   </si>
@@ -359,51 +359,51 @@
   <si>
     <t>#34 Edward Gallagher - RB</t>
   </si>
   <si>
     <t>#22 Danny Gray - FB</t>
   </si>
   <si>
     <t>#10 Ryan Sims - WR</t>
   </si>
   <si>
     <t>#17 John Shumake - WR</t>
   </si>
   <si>
     <t>#86 Ignacio Walters - WR</t>
   </si>
   <si>
     <t>#79 Daniel George - LT</t>
   </si>
   <si>
     <t>#67 Thomas Solis - LG</t>
   </si>
   <si>
     <t>#68 James Leppert - C</t>
   </si>
   <si>
-    <t>#64 Nick Reynolds - RG</t>
+    <t>#51 Nick Reynolds - RG</t>
   </si>
   <si>
     <t>#70 Ronald Kerr - RT</t>
   </si>
   <si>
     <t>#70 Jonathan Adames - LDE</t>
   </si>
   <si>
     <t>#77 Philip Bryant - DT</t>
   </si>
   <si>
     <t>#72 Jason Cudjoe - DT</t>
   </si>
   <si>
     <t>#96 Robert Medina - RDE</t>
   </si>
   <si>
     <t>#55 Ray Miller - MLB</t>
   </si>
   <si>
     <t>#99 Moises Hu - WLB</t>
   </si>
   <si>
     <t>#21 Ahmad McKeon - CB</t>
   </si>
@@ -512,63 +512,63 @@
   <si>
     <t>#11 Christopher Hayden - QB</t>
   </si>
   <si>
     <t>#20 Jaime Thomas - RB</t>
   </si>
   <si>
     <t>#41 Larry King - FB</t>
   </si>
   <si>
     <t>#89 William Chinn - TE</t>
   </si>
   <si>
     <t>#11 Gregory Ryan - WR</t>
   </si>
   <si>
     <t>#17 Maximo Zippe - WR</t>
   </si>
   <si>
     <t>#68 Joseph Crooks - LT</t>
   </si>
   <si>
     <t>#66 George Fegan - LG</t>
   </si>
   <si>
-    <t>#60 Byron McVeigh - C</t>
+    <t>#71 Byron McVeigh - C</t>
   </si>
   <si>
     <t>#51 Joey Overlock - RG</t>
   </si>
   <si>
     <t>#72 James Horton - RT</t>
   </si>
   <si>
     <t>#9 Randy Whitlock - LDE</t>
   </si>
   <si>
-    <t>#94 Jason Allen - DT</t>
+    <t>#60 Jason Allen - DT</t>
   </si>
   <si>
     <t>#19 Gregory Henderson - SS</t>
   </si>
   <si>
     <t>12:53</t>
   </si>
   <si>
     <t>DET 24</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>2-8-DET 24 (12:52) 11-Christopher Hayden pass complete to 88-Gregory Ryan to DET 39 for 15 yards. Tackle by 31-Richard Cole. 31-Richard Cole got away with a hold on that play.</t>
   </si>
   <si>
     <t>#39 Richard Sneller - RB</t>
   </si>
   <si>
     <t>#90 Anthony Doyle - LDE</t>
   </si>
@@ -611,51 +611,51 @@
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>1-10-TOR 39 (10:40) 11-Christopher Hayden pass complete to 15-Oscar Spradlin to TOR 38 for 1 yards. Tackle by 28-Jonathon Morris. 28-Jonathon Morris got away with a hold on that play.</t>
   </si>
   <si>
     <t>#25 Ralph Richards - RB</t>
   </si>
   <si>
     <t>#14 Oscar Spradlin - WR</t>
   </si>
   <si>
     <t>9:56</t>
   </si>
   <si>
     <t>TOR 38</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>2-9-TOR 38 (9:55) 11-Christopher Hayden pass complete to 20-Jaime Thomas to TOR 37 for 1 yards. Tackle by 99-Homer Williams.</t>
   </si>
   <si>
-    <t>#87 Jeremy Robinson - WR</t>
+    <t>#86 Jeremy Robinson - WR</t>
   </si>
   <si>
     <t>9:12</t>
   </si>
   <si>
     <t>TOR 37</t>
   </si>
   <si>
     <t>3-8-TOR 37 (9:11) 11-Christopher Hayden pass incomplete, dropped by 15-Oscar Spradlin.</t>
   </si>
   <si>
     <t>9:07</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-8-TOR 37 (9:08) 5-Abraham Young 55 yard field goal is GOOD. TOR 0 DET 3</t>
   </si>
   <si>
     <t>#71 James Segura - C</t>
   </si>