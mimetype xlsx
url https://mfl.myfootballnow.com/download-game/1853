--- v1 (2025-12-31)
+++ v2 (2026-01-30)
@@ -458,51 +458,51 @@
   <si>
     <t>#26 Charles Coder - SS</t>
   </si>
   <si>
     <t>13:39</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-5-TOR 30 (13:40) 12-John Turner punts 48 yards to DET 22. Fair Catch by 12-Thomas Anderson.</t>
   </si>
   <si>
     <t>#12 John Turner - P</t>
   </si>
   <si>
     <t>#12 Thomas Anderson - WR</t>
   </si>
   <si>
     <t>#93 John Asberry - DT</t>
   </si>
   <si>
-    <t>#89 James Billings - TE</t>
+    <t>#49 James Billings - FB</t>
   </si>
   <si>
     <t>#72 Jason Vaughan - C</t>
   </si>
   <si>
     <t>#80 Bryan Johnson - FB</t>
   </si>
   <si>
     <t>#28 Robert Edwards - MLB</t>
   </si>
   <si>
     <t>#53 Carl Bober - WLB</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>DET 22</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>46 Normal Inside Blitz</t>
   </si>
@@ -548,51 +548,51 @@
   <si>
     <t>#60 Jason Allen - DT</t>
   </si>
   <si>
     <t>#19 Gregory Henderson - SS</t>
   </si>
   <si>
     <t>12:53</t>
   </si>
   <si>
     <t>DET 24</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>2-8-DET 24 (12:52) 11-Christopher Hayden pass complete to 88-Gregory Ryan to DET 39 for 15 yards. Tackle by 31-Richard Cole. 31-Richard Cole got away with a hold on that play.</t>
   </si>
   <si>
     <t>#39 Richard Sneller - RB</t>
   </si>
   <si>
-    <t>#90 Anthony Doyle - LDE</t>
+    <t>#66 Anthony Doyle - LDE</t>
   </si>
   <si>
     <t>12:13</t>
   </si>
   <si>
     <t>DET 39</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>46 Normal Weak Blitz</t>
   </si>
   <si>
     <t>1-10-DET 39 (12:12) 11-Christopher Hayden pass complete to 20-Jaime Thomas to TOR 49 for 12 yards. Tackle by 97-Patrick Lemon. Pressure by 93-George Torres.</t>
   </si>
   <si>
     <t>11:24</t>
   </si>
   <si>
     <t>TOR 49</t>
   </si>
   <si>
     <t>I Formation Normal HB Counter</t>
   </si>
@@ -611,51 +611,51 @@
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>1-10-TOR 39 (10:40) 11-Christopher Hayden pass complete to 15-Oscar Spradlin to TOR 38 for 1 yards. Tackle by 28-Jonathon Morris. 28-Jonathon Morris got away with a hold on that play.</t>
   </si>
   <si>
     <t>#25 Ralph Richards - RB</t>
   </si>
   <si>
     <t>#14 Oscar Spradlin - WR</t>
   </si>
   <si>
     <t>9:56</t>
   </si>
   <si>
     <t>TOR 38</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>2-9-TOR 38 (9:55) 11-Christopher Hayden pass complete to 20-Jaime Thomas to TOR 37 for 1 yards. Tackle by 99-Homer Williams.</t>
   </si>
   <si>
-    <t>#86 Jeremy Robinson - WR</t>
+    <t>#88 Jeremy Robinson - WR</t>
   </si>
   <si>
     <t>9:12</t>
   </si>
   <si>
     <t>TOR 37</t>
   </si>
   <si>
     <t>3-8-TOR 37 (9:11) 11-Christopher Hayden pass incomplete, dropped by 15-Oscar Spradlin.</t>
   </si>
   <si>
     <t>9:07</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-8-TOR 37 (9:08) 5-Abraham Young 55 yard field goal is GOOD. TOR 0 DET 3</t>
   </si>
   <si>
     <t>#71 James Segura - C</t>
   </si>