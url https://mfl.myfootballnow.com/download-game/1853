--- v2 (2026-01-30)
+++ v3 (2026-03-31)
@@ -368,51 +368,51 @@
   <si>
     <t>#17 John Shumake - WR</t>
   </si>
   <si>
     <t>#86 Ignacio Walters - WR</t>
   </si>
   <si>
     <t>#79 Daniel George - LT</t>
   </si>
   <si>
     <t>#67 Thomas Solis - LG</t>
   </si>
   <si>
     <t>#68 James Leppert - C</t>
   </si>
   <si>
     <t>#51 Nick Reynolds - RG</t>
   </si>
   <si>
     <t>#70 Ronald Kerr - RT</t>
   </si>
   <si>
     <t>#70 Jonathan Adames - LDE</t>
   </si>
   <si>
-    <t>#77 Philip Bryant - DT</t>
+    <t>#54 Philip Bryant - DT</t>
   </si>
   <si>
     <t>#72 Jason Cudjoe - DT</t>
   </si>
   <si>
     <t>#96 Robert Medina - RDE</t>
   </si>
   <si>
     <t>#55 Ray Miller - MLB</t>
   </si>
   <si>
     <t>#99 Moises Hu - WLB</t>
   </si>
   <si>
     <t>#21 Ahmad McKeon - CB</t>
   </si>
   <si>
     <t>#43 Robert Smith - CB</t>
   </si>
   <si>
     <t>#39 Merlin Black - CB</t>
   </si>
   <si>
     <t>#47 Rick Taylor - CB</t>
   </si>
@@ -488,51 +488,51 @@
   <si>
     <t>#80 Bryan Johnson - FB</t>
   </si>
   <si>
     <t>#28 Robert Edwards - MLB</t>
   </si>
   <si>
     <t>#53 Carl Bober - WLB</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>DET 22</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>46 Normal Inside Blitz</t>
   </si>
   <si>
     <t>1-10-DET 22 (13:33) 20-Jaime Thomas ran to DET 24 for 2 yards. Tackle by 97-Patrick Lemon.</t>
   </si>
   <si>
-    <t>#11 Christopher Hayden - QB</t>
+    <t>#15 Christopher Hayden - QB</t>
   </si>
   <si>
     <t>#20 Jaime Thomas - RB</t>
   </si>
   <si>
     <t>#41 Larry King - FB</t>
   </si>
   <si>
     <t>#89 William Chinn - TE</t>
   </si>
   <si>
     <t>#11 Gregory Ryan - WR</t>
   </si>
   <si>
     <t>#17 Maximo Zippe - WR</t>
   </si>
   <si>
     <t>#68 Joseph Crooks - LT</t>
   </si>
   <si>
     <t>#66 George Fegan - LG</t>
   </si>
   <si>
     <t>#71 Byron McVeigh - C</t>
   </si>
@@ -1349,51 +1349,51 @@
   <si>
     <t>6:30</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-10-DET 30 (6:31) 5-James Runyon pass complete to 1-Stephen Clifton to DET 30 for a short loss. Tackle by 21-Ahmad McKeon.</t>
   </si>
   <si>
     <t>5:52</t>
   </si>
   <si>
     <t>3-10-DET 30 (5:51) 5-James Runyon pass complete to 10-Ryan Sims to DET 12 for 18 yards. Tackle by 21-Ahmad McKeon. Nice job by 10-Ryan Sims on that route to lose his coverage.</t>
   </si>
   <si>
     <t>5:15</t>
   </si>
   <si>
     <t>DET 12</t>
   </si>
   <si>
     <t>1-10-DET 12 (5:14) 1-Stephen Clifton ran for 12 yards. TOUCHDOWN! TOR 20 DET 3</t>
   </si>
   <si>
-    <t>#27 Jerry Segura - RB</t>
+    <t>#41 Jerry Segura - RB</t>
   </si>
   <si>
     <t>5:09</t>
   </si>
   <si>
     <t>(5:10) Extra point GOOD by 18-Douglas Wade. TOR 21 DET 3</t>
   </si>
   <si>
     <t>(5:10) 18-Douglas Wade kicks 74 yards from TOR 35 to DET -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-DET 25 (5:10) 11-Christopher Hayden pass Pass knocked down by 31-Richard Cole. incomplete, intended for 89-William Chinn.</t>
   </si>
   <si>
     <t>5:06</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>2-10-DET 25 (5:07) 20-Jaime Thomas ran to DET 25 for a short loss. Tackle by 96-Alexander Morales.</t>
   </si>
   <si>
     <t>4:32</t>
   </si>