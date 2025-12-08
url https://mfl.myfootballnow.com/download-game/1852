--- v0 (2025-10-27)
+++ v1 (2025-12-08)
@@ -305,87 +305,87 @@
   <si>
     <t>#48 Gregory Williams - RB</t>
   </si>
   <si>
     <t>#30 Scott Herald - CB</t>
   </si>
   <si>
     <t>#83 Joseph Gilley - WR</t>
   </si>
   <si>
     <t>#95 Jerry Brown - DT</t>
   </si>
   <si>
     <t>#57 Carlos Doty - SLB</t>
   </si>
   <si>
     <t>#94 Michael Fifield - WLB</t>
   </si>
   <si>
     <t>#15 James Sallee - WR</t>
   </si>
   <si>
     <t>#54 Dong Ayers - WLB</t>
   </si>
   <si>
-    <t>#62 Billy Hancock - LDE</t>
+    <t>#75 Billy Hancock - LDE</t>
   </si>
   <si>
     <t>#93 Orlando Estrada - MLB</t>
   </si>
   <si>
     <t>#98 Carl Owen - LDE</t>
   </si>
   <si>
     <t>#9 Matthew Nelson - K</t>
   </si>
   <si>
     <t>BOS</t>
   </si>
   <si>
     <t>BOS 25</t>
   </si>
   <si>
     <t>I Formation 3WR FL Post</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-BOS 25 (15:00) 7-James Ball pass complete to 24-Mark Becker to BOS 34 for 9 yards. Tackle by 95-Wm Breeden.</t>
   </si>
   <si>
-    <t>#7 James Ball - QB</t>
+    <t>#17 James Ball - QB</t>
   </si>
   <si>
     <t>#24 Mark Becker - RB</t>
   </si>
   <si>
     <t>#24 Harold Hales - FB</t>
   </si>
   <si>
-    <t>#85 Charles McCloy - WR</t>
+    <t>#84 Charles McCloy - WR</t>
   </si>
   <si>
     <t>#89 Walter Fuller - WR</t>
   </si>
   <si>
     <t>#18 Randall Donovan - WR</t>
   </si>
   <si>
     <t>#74 Thomas Andrews - LT</t>
   </si>
   <si>
     <t>#72 Terry Brown - LG</t>
   </si>
   <si>
     <t>#52 Christopher Wright - C</t>
   </si>
   <si>
     <t>#64 John Hernandez - RG</t>
   </si>
   <si>
     <t>#50 Hugh McCulloch - RT</t>
   </si>
   <si>
     <t>#78 John Coffelt - LDE</t>
   </si>
@@ -548,51 +548,51 @@
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>1-10-CHI 17 (8:58) 24-Mark Becker ran to CHI 16 for 1 yards. 24-Mark Becker FUMBLES (96-Marcel Turner) recovered by CHI-96-Marcel Turner at CHI 13. Tackle by 24-Mark Becker.</t>
   </si>
   <si>
     <t>8:53</t>
   </si>
   <si>
     <t>CHI 13</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>1-10-CHI 13 (8:54) 23-Philip Smith ran to CHI 24 for 11 yards. Tackle by 22-Paul Jones.</t>
   </si>
   <si>
     <t>#2 Wallace Moore - QB</t>
   </si>
   <si>
-    <t>#23 Philip Smith - RB</t>
+    <t>#34 Philip Smith - RB</t>
   </si>
   <si>
     <t>#22 Louis Messing - FB</t>
   </si>
   <si>
     <t>#87 Richard Smith - TE</t>
   </si>
   <si>
     <t>#83 Billy Garcia - WR</t>
   </si>
   <si>
     <t>#89 Dwayne Chamberlain - WR</t>
   </si>
   <si>
     <t>#70 Bruce Sebastian - LT</t>
   </si>
   <si>
     <t>#77 James Roosevelt - RG</t>
   </si>
   <si>
     <t>#64 Douglas Odell - C</t>
   </si>
   <si>
     <t>#68 Christopher McKenzie - LG</t>
   </si>
@@ -962,51 +962,51 @@
   <si>
     <t>BOS 1</t>
   </si>
   <si>
     <t>2-1-BOS 1 (10:15) 29-Jamie McKinney ran for 1 yards. TOUCHDOWN! CHI 6 BOS 0</t>
   </si>
   <si>
     <t>10:11</t>
   </si>
   <si>
     <t>BOS 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(10:12) Extra point GOOD by 9-Matthew Nelson. CHI 7 BOS 0</t>
   </si>
   <si>
     <t>#19 Michael Hicks - QB</t>
   </si>
   <si>
-    <t>#79 Allen Morgan - DT</t>
+    <t>#66 Allen Morgan - DT</t>
   </si>
   <si>
     <t>#93 Harold Smith - RDE</t>
   </si>
   <si>
     <t>#69 Brian Johnson - RDE</t>
   </si>
   <si>
     <t>#97 Stephen Jones - MLB</t>
   </si>
   <si>
     <t>(10:12) 9-Matthew Nelson kicks 71 yards from CHI 35 to BOS -6. 48-Gregory Williams to BOS 29 for 36 yards. Tackle by 49-David Martin.</t>
   </si>
   <si>
     <t>10:06</t>
   </si>
   <si>
     <t>BOS 29</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>1-10-BOS 29 (10:07) 7-James Ball pass complete to 18-Randall Donovan to BOS 38 for 9 yards. Tackle by 50-Christopher Thomas.</t>
   </si>