--- v1 (2025-12-08)
+++ v2 (2025-12-31)
@@ -383,51 +383,51 @@
   <si>
     <t>#64 John Hernandez - RG</t>
   </si>
   <si>
     <t>#50 Hugh McCulloch - RT</t>
   </si>
   <si>
     <t>#78 John Coffelt - LDE</t>
   </si>
   <si>
     <t>#77 Robert Bristol - DT</t>
   </si>
   <si>
     <t>#91 Kirk Ledbetter - LDE</t>
   </si>
   <si>
     <t>#95 Wm Breeden - SLB</t>
   </si>
   <si>
     <t>#90 Christopher Thomas - MLB</t>
   </si>
   <si>
     <t>#96 Marcel Turner - WLB</t>
   </si>
   <si>
-    <t>#35 Michael Smith - CB</t>
+    <t>#46 Michael Smith - FS</t>
   </si>
   <si>
     <t>#47 John Scott - CB</t>
   </si>
   <si>
     <t>#34 James Tucker - CB</t>
   </si>
   <si>
     <t>#20 Ray Davenport - SS</t>
   </si>
   <si>
     <t>#41 Jesse Clayborn - FS</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>BOS 34</t>
   </si>
   <si>
     <t>I Formation Normal HB Counter</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>