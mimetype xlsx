--- v2 (2025-12-31)
+++ v3 (2026-01-25)
@@ -380,60 +380,60 @@
   <si>
     <t>#52 Christopher Wright - C</t>
   </si>
   <si>
     <t>#64 John Hernandez - RG</t>
   </si>
   <si>
     <t>#50 Hugh McCulloch - RT</t>
   </si>
   <si>
     <t>#78 John Coffelt - LDE</t>
   </si>
   <si>
     <t>#77 Robert Bristol - DT</t>
   </si>
   <si>
     <t>#91 Kirk Ledbetter - LDE</t>
   </si>
   <si>
     <t>#95 Wm Breeden - SLB</t>
   </si>
   <si>
     <t>#90 Christopher Thomas - MLB</t>
   </si>
   <si>
-    <t>#96 Marcel Turner - WLB</t>
+    <t>#52 Marcel Turner - WLB</t>
   </si>
   <si>
     <t>#46 Michael Smith - FS</t>
   </si>
   <si>
     <t>#47 John Scott - CB</t>
   </si>
   <si>
-    <t>#34 James Tucker - CB</t>
+    <t>#20 James Tucker - CB</t>
   </si>
   <si>
     <t>#20 Ray Davenport - SS</t>
   </si>
   <si>
     <t>#41 Jesse Clayborn - FS</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>BOS 34</t>
   </si>
   <si>
     <t>I Formation Normal HB Counter</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>2-1-BOS 34 (14:14) 24-Mark Becker ran to BOS 37 for 4 yards. Tackle by 41-Jesse Clayborn.</t>
   </si>
   <si>
     <t>#80 Terry Cabrera - TE</t>
   </si>
@@ -659,51 +659,51 @@
   <si>
     <t>2-8-CHI 37 (6:48) 12-Wallace Moore pass complete to 84-Jerry Washington to CHI 44 for 8 yards. Tackle by 30-Scott Herald. Nice job by 84-Jerry Washington on that route to lose his coverage.</t>
   </si>
   <si>
     <t>6:08</t>
   </si>
   <si>
     <t>CHI 44</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>3-1-CHI 44 (6:07) 29-Jamie McKinney ran to CHI 47 for 2 yards. Tackle by 51-Orlando Estrada.</t>
   </si>
   <si>
     <t>#29 Jamie McKinney - RB</t>
   </si>
   <si>
     <t>#29 Bernardo Barclay - RB</t>
   </si>
   <si>
-    <t>#88 Nathan Murrell - TE</t>
+    <t>#87 Nathan Murrell - TE</t>
   </si>
   <si>
     <t>#57 Donald Kirby - LDE</t>
   </si>
   <si>
     <t>5:29</t>
   </si>
   <si>
     <t>CHI 47</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>1-10-CHI 47 (5:28) 23-Philip Smith ran to BOS 49 for 4 yards. Tackle by 51-Orlando Estrada.</t>
   </si>
   <si>
     <t>4:49</t>
   </si>
   <si>
     <t>BOS 49</t>
   </si>
   <si>
     <t>2-6-BOS 49 (4:48) 29-Jamie McKinney ran to BOS 46 for 3 yards. Tackle by 51-Orlando Estrada.</t>
   </si>