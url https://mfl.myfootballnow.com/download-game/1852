--- v3 (2026-01-25)
+++ v4 (2026-03-06)
@@ -578,51 +578,51 @@
   <si>
     <t>#87 Richard Smith - TE</t>
   </si>
   <si>
     <t>#83 Billy Garcia - WR</t>
   </si>
   <si>
     <t>#89 Dwayne Chamberlain - WR</t>
   </si>
   <si>
     <t>#70 Bruce Sebastian - LT</t>
   </si>
   <si>
     <t>#77 James Roosevelt - RG</t>
   </si>
   <si>
     <t>#64 Douglas Odell - C</t>
   </si>
   <si>
     <t>#68 Christopher McKenzie - LG</t>
   </si>
   <si>
     <t>#60 Ralph Harold - RT</t>
   </si>
   <si>
-    <t>#95 Steven Glazer - DT</t>
+    <t>#55 Steven Glazer - DT</t>
   </si>
   <si>
     <t>#42 Glenn Young - FS</t>
   </si>
   <si>
     <t>#46 Richard Agosto - CB</t>
   </si>
   <si>
     <t>#29 Carlos Lewis - CB</t>
   </si>
   <si>
     <t>#22 Paul Jones - CB</t>
   </si>
   <si>
     <t>8:14</t>
   </si>
   <si>
     <t>CHI 24</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
@@ -1325,51 +1325,51 @@
   <si>
     <t>2-5-CHI 42 (6:40) 41-James Sallee ran to CHI 38 for 4 yards. Tackle by 65-Kirk Ledbetter.</t>
   </si>
   <si>
     <t>6:03</t>
   </si>
   <si>
     <t>3-1-CHI 38 (6:02) PENALTY - False Start (BOS 50-Hugh McCulloch)</t>
   </si>
   <si>
     <t>6:01</t>
   </si>
   <si>
     <t>CHI 43</t>
   </si>
   <si>
     <t>3-6-CHI 43 (6:02) 24-Mark Becker ran to CHI 40 for 3 yards. Tackle by 95-Wm Breeden.</t>
   </si>
   <si>
     <t>5:20</t>
   </si>
   <si>
     <t>4-3-CHI 40 (5:19) 5-Monroe Thompson 57 yard field goal is GOOD. CHI 7 BOS 3</t>
   </si>
   <si>
-    <t>#73 Anthony Stein - C</t>
+    <t>#56 Anthony Stein - C</t>
   </si>
   <si>
     <t>#58 Michael Moody - DT</t>
   </si>
   <si>
     <t>#74 William Applin - RDE</t>
   </si>
   <si>
     <t>5:14</t>
   </si>
   <si>
     <t>(5:15) 5-Monroe Thompson kicks 75 yards from BOS 35 to CHI -10. Touchback.</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
   <si>
     <t>1-10-CHI 25 (5:15) 12-Wallace Moore pass complete to 89-Dwayne Chamberlain to CHI 29 for 4 yards. Tackle by 32-Richard Agosto. 32-Richard Agosto got away with a hold on that play.</t>
   </si>
   <si>
     <t>4:32</t>
   </si>
   <si>
     <t>2-6-CHI 29 (4:31) 23-Philip Smith ran to CHI 30 for 2 yards. Tackle by 30-Scott Herald.</t>
   </si>
@@ -1592,51 +1592,51 @@
   <si>
     <t>Split Backs 3 Wide WR2 Deep Post</t>
   </si>
   <si>
     <t>1-10-BOS 49 (4:27) 7-James Ball pass complete to 89-Walter Fuller to CHI 43 for 8 yards. Tackle by 47-John Scott.</t>
   </si>
   <si>
     <t>4:04</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>2-2-CHI 43 (4:03) 7-James Ball pass Pass knocked down by 49-David Martin. incomplete, intended for 87-Terry Cabrera. PENALTY - Pass Interference (CHI 41-Jesse Clayborn)</t>
   </si>
   <si>
     <t>3:58</t>
   </si>
   <si>
     <t>CHI 33</t>
   </si>
   <si>
     <t>1-10-CHI 33 (3:59) 7-James Ball pass complete to 45-Harold Hales to CHI 26 for 7 yards. Tackle by 95-Wm Breeden.</t>
   </si>
   <si>
-    <t>#85 Ryan Hale - TE</t>
+    <t>#84 Ryan Hale - TE</t>
   </si>
   <si>
     <t>3:40</t>
   </si>
   <si>
     <t>Nickel Strong Man Strong Zone Weak</t>
   </si>
   <si>
     <t>2-3-CHI 26 (3:39) 7-James Ball pass complete to 89-Walter Fuller to CHI 22 for 4 yards. Tackle by 34-James Tucker.</t>
   </si>
   <si>
     <t>3:14</t>
   </si>
   <si>
     <t>CHI 22</t>
   </si>
   <si>
     <t>1-10-CHI 22 (3:13) 7-James Ball pass Pass knocked down by 57-Walter Stephenson. incomplete, intended for 87-Terry Cabrera. 43-Michael Smith got away with a hold on that play.</t>
   </si>
   <si>
     <t>3:09</t>
   </si>
   <si>
     <t>2-10-CHI 22 (3:10) 7-James Ball pass complete to 24-Mark Becker for 22 yards. TOUCHDOWN! CHI 13 BOS 9</t>
   </si>