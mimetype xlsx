--- v4 (2026-03-06)
+++ v5 (2026-03-31)
@@ -356,84 +356,84 @@
   <si>
     <t>#17 James Ball - QB</t>
   </si>
   <si>
     <t>#24 Mark Becker - RB</t>
   </si>
   <si>
     <t>#24 Harold Hales - FB</t>
   </si>
   <si>
     <t>#84 Charles McCloy - WR</t>
   </si>
   <si>
     <t>#89 Walter Fuller - WR</t>
   </si>
   <si>
     <t>#18 Randall Donovan - WR</t>
   </si>
   <si>
     <t>#74 Thomas Andrews - LT</t>
   </si>
   <si>
     <t>#72 Terry Brown - LG</t>
   </si>
   <si>
-    <t>#52 Christopher Wright - C</t>
+    <t>#73 Christopher Wright - C</t>
   </si>
   <si>
     <t>#64 John Hernandez - RG</t>
   </si>
   <si>
     <t>#50 Hugh McCulloch - RT</t>
   </si>
   <si>
     <t>#78 John Coffelt - LDE</t>
   </si>
   <si>
     <t>#77 Robert Bristol - DT</t>
   </si>
   <si>
     <t>#91 Kirk Ledbetter - LDE</t>
   </si>
   <si>
-    <t>#95 Wm Breeden - SLB</t>
-[...2 lines deleted...]
-    <t>#90 Christopher Thomas - MLB</t>
+    <t>#54 Wm Breeden - SLB</t>
+  </si>
+  <si>
+    <t>#95 Christopher Thomas - MLB</t>
   </si>
   <si>
     <t>#52 Marcel Turner - WLB</t>
   </si>
   <si>
     <t>#46 Michael Smith - FS</t>
   </si>
   <si>
     <t>#47 John Scott - CB</t>
   </si>
   <si>
-    <t>#20 James Tucker - CB</t>
+    <t>#24 James Tucker - CB</t>
   </si>
   <si>
     <t>#20 Ray Davenport - SS</t>
   </si>
   <si>
     <t>#41 Jesse Clayborn - FS</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>BOS 34</t>
   </si>
   <si>
     <t>I Formation Normal HB Counter</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>2-1-BOS 34 (14:14) 24-Mark Becker ran to BOS 37 for 4 yards. Tackle by 41-Jesse Clayborn.</t>
   </si>
   <si>
     <t>#80 Terry Cabrera - TE</t>
   </si>
@@ -662,51 +662,51 @@
   <si>
     <t>6:08</t>
   </si>
   <si>
     <t>CHI 44</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>3-1-CHI 44 (6:07) 29-Jamie McKinney ran to CHI 47 for 2 yards. Tackle by 51-Orlando Estrada.</t>
   </si>
   <si>
     <t>#29 Jamie McKinney - RB</t>
   </si>
   <si>
     <t>#29 Bernardo Barclay - RB</t>
   </si>
   <si>
     <t>#87 Nathan Murrell - TE</t>
   </si>
   <si>
-    <t>#57 Donald Kirby - LDE</t>
+    <t>#75 Donald Kirby - LDE</t>
   </si>
   <si>
     <t>5:29</t>
   </si>
   <si>
     <t>CHI 47</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>1-10-CHI 47 (5:28) 23-Philip Smith ran to BOS 49 for 4 yards. Tackle by 51-Orlando Estrada.</t>
   </si>
   <si>
     <t>4:49</t>
   </si>
   <si>
     <t>BOS 49</t>
   </si>
   <si>
     <t>2-6-BOS 49 (4:48) 29-Jamie McKinney ran to BOS 46 for 3 yards. Tackle by 51-Orlando Estrada.</t>
   </si>
   <si>
     <t>4:10</t>
   </si>
@@ -818,51 +818,51 @@
   <si>
     <t>BOS 33</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>3-11-BOS 33 (0:17) 7-James Ball pass Pass knocked down by 34-James Tucker. incomplete, intended for 89-Walter Fuller.</t>
   </si>
   <si>
     <t>0:12</t>
   </si>
   <si>
     <t>4-11-BOS 33 (0:13) 11-Robert Faust punts 50 yards to CHI 16. Fair Catch by 83-Billy Garcia.</t>
   </si>
   <si>
     <t>#11 Robert Faust - P</t>
   </si>
   <si>
     <t>#75 Saul Carlson - LT</t>
   </si>
   <si>
     <t>#53 Daniel Nelson - WLB</t>
   </si>
   <si>
-    <t>#91 James Hall - RDE</t>
+    <t>#57 James Hall - RDE</t>
   </si>
   <si>
     <t>0:05</t>
   </si>
   <si>
     <t>CHI 16</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Weak Side Blitz</t>
   </si>
   <si>
     <t>1-10-CHI 16 (0:06) 29-Jamie McKinney ran to CHI 16 for a short gain. Tackle by 30-Scott Herald.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>2-10-CHI 16 (15:00) 23-Philip Smith ran to CHI 27 for 10 yards. Tackle by 22-Paul Jones.</t>
   </si>