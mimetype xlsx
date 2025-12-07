--- v0 (2025-10-17)
+++ v1 (2025-12-07)
@@ -332,93 +332,93 @@
   <si>
     <t>#92 David Jarvis - DT</t>
   </si>
   <si>
     <t>#77 Lance Brown - RDE</t>
   </si>
   <si>
     <t>#9 Jason Santiago - K</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>IND 25</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-IND 25 (15:00) 19-Daniel Hill pass incomplete, intended for 14-Allen Cooper.</t>
   </si>
   <si>
-    <t>#19 Daniel Hill - QB</t>
+    <t>#14 Daniel Hill - QB</t>
   </si>
   <si>
     <t>#38 Danny Vasquez - FB</t>
   </si>
   <si>
     <t>#15 Joel Howe - WR</t>
   </si>
   <si>
     <t>#14 Allen Cooper - WR</t>
   </si>
   <si>
     <t>#82 Jesse Miller - WR</t>
   </si>
   <si>
     <t>#76 John Keys - LT</t>
   </si>
   <si>
     <t>#67 Leslie McKay - LG</t>
   </si>
   <si>
     <t>#66 Frank Poole - C</t>
   </si>
   <si>
     <t>#54 Salvador Roberson - RG</t>
   </si>
   <si>
     <t>#75 Matthew Vickers - RT</t>
   </si>
   <si>
     <t>#77 Edward Hayes - LDE</t>
   </si>
   <si>
-    <t>#52 Christopher Pruett - DT</t>
+    <t>#72 Christopher Pruett - DT</t>
   </si>
   <si>
     <t>#65 Joseph Eells - DT</t>
   </si>
   <si>
     <t>#93 Leslie Houle - RDE</t>
   </si>
   <si>
-    <t>#53 Jeremy Caswell - MLB</t>
+    <t>#56 Jeremy Caswell - MLB</t>
   </si>
   <si>
     <t>#44 Samuel Shinn - MLB</t>
   </si>
   <si>
     <t>#40 Marco Shull - CB</t>
   </si>
   <si>
     <t>#26 Harry Wolf - CB</t>
   </si>
   <si>
     <t>#36 Carlos James - CB</t>
   </si>
   <si>
     <t>#25 David Stapleton - SS</t>
   </si>
   <si>
     <t>#20 Carl Shepard - FS</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
@@ -605,51 +605,51 @@
   <si>
     <t>4-3-N.Y 50 (12:43) 5-David Zellmer punts 37 yards to N.Y 13.</t>
   </si>
   <si>
     <t>12:32</t>
   </si>
   <si>
     <t>N.Y 13</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-N.Y 13 (12:33) 16-Gregorio Winslow ran to N.Y 19 for 6 yards. Tackle by 31-Billy Alford.</t>
   </si>
   <si>
     <t>#20 Cody Tomlinson - FB</t>
   </si>
   <si>
     <t>#29 Steve Ake - TE</t>
   </si>
   <si>
-    <t>#43 John Dalessandro - FB</t>
+    <t>#21 John Dalessandro - FB</t>
   </si>
   <si>
     <t>#94 Hershel Wyman - LDE</t>
   </si>
   <si>
     <t>#71 Michael Cummings - DT</t>
   </si>
   <si>
     <t>11:55</t>
   </si>
   <si>
     <t>N.Y 19</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>2-4-N.Y 19 (11:54) 16-Gregorio Winslow ran to N.Y 21 for 1 yards. Tackle by 65-Don Morel.</t>
   </si>
   <si>
     <t>11:16</t>
   </si>
   <si>
     <t>N.Y 21</t>
   </si>
@@ -1730,51 +1730,51 @@
   <si>
     <t>5:39</t>
   </si>
   <si>
     <t>1-10-N.Y 39 (5:38) 19-Daniel Hill pass complete to 15-Joel Howe to N.Y 32 for 7 yards. Tackle by 59-Jeremy Caswell.</t>
   </si>
   <si>
     <t>5:16</t>
   </si>
   <si>
     <t>N.Y 32</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>2-3-N.Y 32 (5:15) 19-Daniel Hill pass Pass knocked down by 25-David Stapleton. incomplete, intended for 15-Joel Howe. Pressure by 97-Christopher Pruett. 25-David Stapleton got away with a hold on that play.</t>
   </si>
   <si>
     <t>5:09</t>
   </si>
   <si>
     <t>3-3-N.Y 32 (5:10) 19-Daniel Hill pass complete to 18-Raymond Black to N.Y 28 for 4 yards. Tackle by 36-Carlos James. 18-Raymond Black breaks down the CB.</t>
   </si>
   <si>
-    <t>#18 Raymond Black - WR</t>
+    <t>#19 Raymond Black - WR</t>
   </si>
   <si>
     <t>4:53</t>
   </si>
   <si>
     <t>1-10-N.Y 28 (4:52) 19-Daniel Hill pass INTERCEPTED by 59-Jeremy Caswell at N.Y 26. 59-Jeremy Caswell to N.Y 26 for -0 yards.</t>
   </si>
   <si>
     <t>4:48</t>
   </si>
   <si>
     <t>1-10-N.Y 26 (4:49) 16-Gregorio Winslow ran to N.Y 30 for 3 yards. Tackle by 31-Billy Alford.</t>
   </si>
   <si>
     <t>4:13</t>
   </si>
   <si>
     <t>2-7-N.Y 30 (4:12) 16-Gregorio Winslow ran to N.Y 31 for 2 yards. Tackle by 58-Leonel Merritt.</t>
   </si>
   <si>
     <t>3:35</t>
   </si>
   <si>
     <t>N.Y 31</t>
   </si>