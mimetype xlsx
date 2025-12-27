--- v1 (2025-12-07)
+++ v2 (2025-12-27)
@@ -605,51 +605,51 @@
   <si>
     <t>4-3-N.Y 50 (12:43) 5-David Zellmer punts 37 yards to N.Y 13.</t>
   </si>
   <si>
     <t>12:32</t>
   </si>
   <si>
     <t>N.Y 13</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-N.Y 13 (12:33) 16-Gregorio Winslow ran to N.Y 19 for 6 yards. Tackle by 31-Billy Alford.</t>
   </si>
   <si>
     <t>#20 Cody Tomlinson - FB</t>
   </si>
   <si>
     <t>#29 Steve Ake - TE</t>
   </si>
   <si>
-    <t>#21 John Dalessandro - FB</t>
+    <t>#41 John Dalessandro - TE</t>
   </si>
   <si>
     <t>#94 Hershel Wyman - LDE</t>
   </si>
   <si>
     <t>#71 Michael Cummings - DT</t>
   </si>
   <si>
     <t>11:55</t>
   </si>
   <si>
     <t>N.Y 19</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>2-4-N.Y 19 (11:54) 16-Gregorio Winslow ran to N.Y 21 for 1 yards. Tackle by 65-Don Morel.</t>
   </si>
   <si>
     <t>11:16</t>
   </si>
   <si>
     <t>N.Y 21</t>
   </si>