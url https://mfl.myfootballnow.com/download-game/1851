--- v2 (2025-12-27)
+++ v3 (2026-01-17)
@@ -497,51 +497,51 @@
   <si>
     <t>#95 Jerry Summers - RDE</t>
   </si>
   <si>
     <t>#99 Kenneth Schutte - LDE</t>
   </si>
   <si>
     <t>14:09</t>
   </si>
   <si>
     <t>N.Y 49</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-N.Y 49 (14:10) 16-Gregorio Winslow ran to IND 43 for 8 yards. 16-Gregorio Winslow FUMBLES (31-Billy Alford) recovered by IND-96-Cesar Scarborough at IND 43. Tackle by 18-Raymond Dunn.</t>
   </si>
   <si>
     <t>#4 Gary Conley - QB</t>
   </si>
   <si>
-    <t>#16 Gregorio Winslow - RB</t>
+    <t>#46 Gregorio Winslow - RB</t>
   </si>
   <si>
     <t>#81 Gerald Slaughter - TE</t>
   </si>
   <si>
     <t>#88 Jeffrey Gaines - WR</t>
   </si>
   <si>
     <t>#84 Raymond Dunn - WR</t>
   </si>
   <si>
     <t>#66 Monroe Price - LT</t>
   </si>
   <si>
     <t>#65 Robert Moyers - LG</t>
   </si>
   <si>
     <t>#55 William Campbell - C</t>
   </si>
   <si>
     <t>#68 Tyrone Bradford - RG</t>
   </si>
   <si>
     <t>#73 John Branch - RT</t>
   </si>
@@ -605,51 +605,51 @@
   <si>
     <t>4-3-N.Y 50 (12:43) 5-David Zellmer punts 37 yards to N.Y 13.</t>
   </si>
   <si>
     <t>12:32</t>
   </si>
   <si>
     <t>N.Y 13</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-N.Y 13 (12:33) 16-Gregorio Winslow ran to N.Y 19 for 6 yards. Tackle by 31-Billy Alford.</t>
   </si>
   <si>
     <t>#20 Cody Tomlinson - FB</t>
   </si>
   <si>
     <t>#29 Steve Ake - TE</t>
   </si>
   <si>
-    <t>#41 John Dalessandro - TE</t>
+    <t>#41 John Dalessandro - FB</t>
   </si>
   <si>
     <t>#94 Hershel Wyman - LDE</t>
   </si>
   <si>
     <t>#71 Michael Cummings - DT</t>
   </si>
   <si>
     <t>11:55</t>
   </si>
   <si>
     <t>N.Y 19</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>2-4-N.Y 19 (11:54) 16-Gregorio Winslow ran to N.Y 21 for 1 yards. Tackle by 65-Don Morel.</t>
   </si>
   <si>
     <t>11:16</t>
   </si>
   <si>
     <t>N.Y 21</t>
   </si>
@@ -893,51 +893,51 @@
   <si>
     <t>1:40</t>
   </si>
   <si>
     <t>IND 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(1:41) Extra point GOOD by 9-Jason Santiago. N.Y 7 IND 0</t>
   </si>
   <si>
     <t>#50 Larry Regan - MLB</t>
   </si>
   <si>
     <t>#91 Donald Walsh - WLB</t>
   </si>
   <si>
     <t>(1:41) 9-Jason Santiago kicks 72 yards from N.Y 35 to IND -7. Touchback.</t>
   </si>
   <si>
-    <t>#56 Ryan Goldberg - DT</t>
+    <t>#90 Ryan Goldberg - DT</t>
   </si>
   <si>
     <t>Nickel Blitz Stunt Blitz</t>
   </si>
   <si>
     <t>1-10-IND 25 (1:41) 19-Daniel Hill pass Pass knocked down by 59-Jeremy Caswell. incomplete, intended for 14-Allen Cooper.</t>
   </si>
   <si>
     <t>1:37</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>2-10-IND 25 (1:38) 37-Maurice Allen ran to IND 28 for 3 yards. Tackle by 98-Joseph Eells.</t>
   </si>
   <si>
     <t>0:56</t>
   </si>
   <si>
     <t>IND 28</t>
   </si>
   <si>
     <t>3-7-IND 28 (0:55) 37-Maurice Allen ran to IND 37 for 9 yards. Tackle by 20-Carl Shepard.</t>
   </si>
@@ -1016,51 +1016,51 @@
   <si>
     <t>12:37</t>
   </si>
   <si>
     <t>N.Y 40</t>
   </si>
   <si>
     <t>Shotgun Normal Slot Drag</t>
   </si>
   <si>
     <t>3-11-N.Y 40 (12:36) 19-Daniel Hill pass complete to 14-Allen Cooper to N.Y 37 for 3 yards. Tackle by 59-Jeremy Caswell.</t>
   </si>
   <si>
     <t>12:01</t>
   </si>
   <si>
     <t>N.Y 37</t>
   </si>
   <si>
     <t>4-8-N.Y 37 (12:00) 12-Paul Burkhead 54 yard field goal is GOOD. N.Y 7 IND 3</t>
   </si>
   <si>
     <t>#18 Paul Burkhead - K</t>
   </si>
   <si>
-    <t>#90 Theodore Pierce - RDE</t>
+    <t>#65 Theodore Pierce - RDE</t>
   </si>
   <si>
     <t>IND 35</t>
   </si>
   <si>
     <t>(11:56) 12-Paul Burkhead kicks 64 yards from IND 35 to N.Y 1. 6-Gerald Slaughter to N.Y 30 for 30 yards. Tackle by 90-Stanley Gibson. IND 51-James Wright was injured on the play. He looks like he should be able to return. IND 46-Jason Dowling was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>11:50</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-N.Y 30 (11:51) 16-Gregorio Winslow ran to N.Y 44 for 13 yards. Tackle by 40-Marc Hornyak.</t>
   </si>
   <si>
     <t>#47 Gregory Franks - FB</t>
   </si>
   <si>
     <t>11:17</t>
   </si>
   <si>
     <t>N.Y 44</t>
   </si>