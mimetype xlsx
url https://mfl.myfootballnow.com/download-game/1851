--- v3 (2026-01-17)
+++ v4 (2026-03-10)
@@ -608,51 +608,51 @@
   <si>
     <t>12:32</t>
   </si>
   <si>
     <t>N.Y 13</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-N.Y 13 (12:33) 16-Gregorio Winslow ran to N.Y 19 for 6 yards. Tackle by 31-Billy Alford.</t>
   </si>
   <si>
     <t>#20 Cody Tomlinson - FB</t>
   </si>
   <si>
     <t>#29 Steve Ake - TE</t>
   </si>
   <si>
     <t>#41 John Dalessandro - FB</t>
   </si>
   <si>
-    <t>#94 Hershel Wyman - LDE</t>
+    <t>#62 Hershel Wyman - LDE</t>
   </si>
   <si>
     <t>#71 Michael Cummings - DT</t>
   </si>
   <si>
     <t>11:55</t>
   </si>
   <si>
     <t>N.Y 19</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>2-4-N.Y 19 (11:54) 16-Gregorio Winslow ran to N.Y 21 for 1 yards. Tackle by 65-Don Morel.</t>
   </si>
   <si>
     <t>11:16</t>
   </si>
   <si>
     <t>N.Y 21</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>