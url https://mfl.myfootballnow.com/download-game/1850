--- v0 (2025-10-17)
+++ v1 (2025-12-15)
@@ -575,51 +575,51 @@
   <si>
     <t>#91 Eric Prescott - MLB</t>
   </si>
   <si>
     <t>#53 Thomas Christian - WLB</t>
   </si>
   <si>
     <t>#94 David Kuhl - SLB</t>
   </si>
   <si>
     <t>10:44</t>
   </si>
   <si>
     <t>T.B 11</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>1-10-T.B 11 (10:45) 9-Clint Robinson pass Pass knocked down by 53-Paul Allen. incomplete, intended for 86-Gary Alexander.</t>
   </si>
   <si>
     <t>#9 Clint Robinson - QB</t>
   </si>
   <si>
-    <t>#45 Richard Carter - RB</t>
+    <t>#36 Richard Carter - RB</t>
   </si>
   <si>
     <t>#35 Neil Williams - FB</t>
   </si>
   <si>
     <t>#16 Gary Alexander - WR</t>
   </si>
   <si>
     <t>#82 William Yim - WR</t>
   </si>
   <si>
     <t>#89 Samuel Salter - WR</t>
   </si>
   <si>
     <t>#67 Michael Cunningham - LT</t>
   </si>
   <si>
     <t>#57 Eric Ray - RG</t>
   </si>
   <si>
     <t>#61 Wilson Lauzon - LG</t>
   </si>
   <si>
     <t>#68 Clarence Graham - RG</t>
   </si>