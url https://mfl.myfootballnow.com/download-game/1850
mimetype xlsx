--- v1 (2025-12-15)
+++ v2 (2026-03-15)
@@ -380,51 +380,51 @@
   <si>
     <t>#67 Roy Lawrence - C</t>
   </si>
   <si>
     <t>#50 Brian Guido - RG</t>
   </si>
   <si>
     <t>#64 John Brown - RT</t>
   </si>
   <si>
     <t>#97 Steven Hernandez - LDE</t>
   </si>
   <si>
     <t>#94 Gonzalo King - DT</t>
   </si>
   <si>
     <t>#79 Robert Rose - DT</t>
   </si>
   <si>
     <t>#76 Lance Condon - DT</t>
   </si>
   <si>
     <t>#98 William Funk - LDE</t>
   </si>
   <si>
-    <t>#51 Robert Gregory - MLB</t>
+    <t>#51 Robert Gregory - SLB</t>
   </si>
   <si>
     <t>#55 John Jacobs - DT</t>
   </si>
   <si>
     <t>#58 Jeffrey Hundley - MLB</t>
   </si>
   <si>
     <t>#49 Franklin Borders - SS</t>
   </si>
   <si>
     <t>#34 Raymond Prins - CB</t>
   </si>
   <si>
     <t>#38 John Dixon - SS</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>HEW 30</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>