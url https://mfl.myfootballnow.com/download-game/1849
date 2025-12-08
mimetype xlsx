--- v0 (2025-10-31)
+++ v1 (2025-12-08)
@@ -299,51 +299,51 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 4-Tony Longwell kicks 75 yards from MIA 35 to CLE -10. Touchback.</t>
   </si>
   <si>
     <t>#89 Duncan Yount - TE</t>
   </si>
   <si>
     <t>#50 Austin Cunningham - DT</t>
   </si>
   <si>
     <t>#26 Michael Stewart - CB</t>
   </si>
   <si>
     <t>#53 Art Jones - MLB</t>
   </si>
   <si>
     <t>#21 Michael Cohen - CB</t>
   </si>
   <si>
     <t>#94 Kenny Diaz - RDE</t>
   </si>
   <si>
-    <t>#85 Gilberto Fitzpatrick - WR</t>
+    <t>#11 Gilberto Fitzpatrick - WR</t>
   </si>
   <si>
     <t>#95 Curtis Grady - WLB</t>
   </si>
   <si>
     <t>#33 James Grady - CB</t>
   </si>
   <si>
     <t>#86 Allen Canfield - WR</t>
   </si>
   <si>
     <t>#74 George Curl - DT</t>
   </si>
   <si>
     <t>#4 Tony Longwell - K</t>
   </si>
   <si>
     <t>CLE</t>
   </si>
   <si>
     <t>CLE 25</t>
   </si>
   <si>
     <t>I Formation Power HB Sweep Weak</t>
   </si>
@@ -359,57 +359,57 @@
   <si>
     <t>#49 Stephen Pagano - RB</t>
   </si>
   <si>
     <t>#41 Henry Campbell - RB</t>
   </si>
   <si>
     <t>#31 Jose Besaw - FB</t>
   </si>
   <si>
     <t>#63 Leroy Hargis - LT</t>
   </si>
   <si>
     <t>#61 Bradley Berg - LG</t>
   </si>
   <si>
     <t>#72 Carlos Dixon - C</t>
   </si>
   <si>
     <t>#70 Matthew Mardis - RG</t>
   </si>
   <si>
     <t>#62 Alan Velasquez - RT</t>
   </si>
   <si>
-    <t>#92 Lester Jones - LDE</t>
+    <t>#65 Lester Jones - LDE</t>
   </si>
   <si>
     <t>#75 Everett Rogers - RDE</t>
   </si>
   <si>
-    <t>#97 Thomas Meyer - DT</t>
+    <t>#95 Thomas Meyer - DT</t>
   </si>
   <si>
     <t>#77 Gregory Parker - DT</t>
   </si>
   <si>
     <t>#72 William Pontius - RDE</t>
   </si>
   <si>
     <t>#59 Clayton Stephens - WLB</t>
   </si>
   <si>
     <t>#92 Benjamin Rolland - MLB</t>
   </si>
   <si>
     <t>#96 Russell Wheeler - WLB</t>
   </si>
   <si>
     <t>#41 Richard Diaz - CB</t>
   </si>
   <si>
     <t>#43 Juan Smith - CB</t>
   </si>
   <si>
     <t>#38 Joseph Salazar - SS</t>
   </si>
@@ -488,51 +488,51 @@
   <si>
     <t>14:03</t>
   </si>
   <si>
     <t>MIA 47</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>4-3 Normal 3 Deep LB Blitz</t>
   </si>
   <si>
     <t>1-10-MIA 47 (14:04) 15-Lawrence Allen pass complete to 47-Frederick Marshall to CLE 49 for 4 yards. Tackle by 92-Art Jones.</t>
   </si>
   <si>
     <t>#8 Lawrence Allen - QB</t>
   </si>
   <si>
     <t>#41 Frederick Marshall - RB</t>
   </si>
   <si>
     <t>#43 Herbert Caplinger - FB</t>
   </si>
   <si>
-    <t>#81 Richard Whitley - TE</t>
+    <t>#86 Richard Whitley - TE</t>
   </si>
   <si>
     <t>#82 Tony Witt - WR</t>
   </si>
   <si>
     <t>#12 Omer Lozano - WR</t>
   </si>
   <si>
     <t>#67 Nicholas Allbritton - LT</t>
   </si>
   <si>
     <t>#68 Ben Struthers - RG</t>
   </si>
   <si>
     <t>#66 Robert Elliott - C</t>
   </si>
   <si>
     <t>#50 Robert Perera - LG</t>
   </si>
   <si>
     <t>#68 Richard Saltsman - RT</t>
   </si>
   <si>
     <t>#91 Nigel Stabler - RDE</t>
   </si>
@@ -542,51 +542,51 @@
   <si>
     <t>#51 Colton Miller - MLB</t>
   </si>
   <si>
     <t>#99 Christopher Aguilar - MLB</t>
   </si>
   <si>
     <t>#41 Richard Bailey - CB</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>CLE 49</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Blitz</t>
   </si>
   <si>
     <t>2-6-CLE 49 (13:32) 47-Frederick Marshall ran to CLE 42 for 7 yards. Tackle by 33-James Grady.</t>
   </si>
   <si>
-    <t>#44 Robert Heroux - RB</t>
+    <t>#26 Robert Heroux - RB</t>
   </si>
   <si>
     <t>#52 Dewey Laura - RDE</t>
   </si>
   <si>
     <t>12:48</t>
   </si>
   <si>
     <t>CLE 42</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-CLE 42 (12:47) 15-Lawrence Allen pass Pass knocked down by 99-Christopher Aguilar. incomplete, intended for 80-Bernard Rochon.</t>
   </si>
   <si>
     <t>12:43</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>