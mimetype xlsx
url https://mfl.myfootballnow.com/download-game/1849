--- v1 (2025-12-08)
+++ v2 (2026-01-22)
@@ -296,51 +296,51 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 4-Tony Longwell kicks 75 yards from MIA 35 to CLE -10. Touchback.</t>
   </si>
   <si>
     <t>#89 Duncan Yount - TE</t>
   </si>
   <si>
     <t>#50 Austin Cunningham - DT</t>
   </si>
   <si>
     <t>#26 Michael Stewart - CB</t>
   </si>
   <si>
     <t>#53 Art Jones - MLB</t>
   </si>
   <si>
     <t>#21 Michael Cohen - CB</t>
   </si>
   <si>
-    <t>#94 Kenny Diaz - RDE</t>
+    <t>#55 Kenny Diaz - RDE</t>
   </si>
   <si>
     <t>#11 Gilberto Fitzpatrick - WR</t>
   </si>
   <si>
     <t>#95 Curtis Grady - WLB</t>
   </si>
   <si>
     <t>#33 James Grady - CB</t>
   </si>
   <si>
     <t>#86 Allen Canfield - WR</t>
   </si>
   <si>
     <t>#74 George Curl - DT</t>
   </si>
   <si>
     <t>#4 Tony Longwell - K</t>
   </si>
   <si>
     <t>CLE</t>
   </si>
   <si>
     <t>CLE 25</t>
   </si>
@@ -479,75 +479,75 @@
   <si>
     <t>#97 David Murray - DT</t>
   </si>
   <si>
     <t>#58 Victor Hooley - CB</t>
   </si>
   <si>
     <t>#56 Robert Key - LG</t>
   </si>
   <si>
     <t>14:03</t>
   </si>
   <si>
     <t>MIA 47</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>4-3 Normal 3 Deep LB Blitz</t>
   </si>
   <si>
     <t>1-10-MIA 47 (14:04) 15-Lawrence Allen pass complete to 47-Frederick Marshall to CLE 49 for 4 yards. Tackle by 92-Art Jones.</t>
   </si>
   <si>
-    <t>#8 Lawrence Allen - QB</t>
+    <t>#5 Lawrence Allen - QB</t>
   </si>
   <si>
     <t>#41 Frederick Marshall - RB</t>
   </si>
   <si>
     <t>#43 Herbert Caplinger - FB</t>
   </si>
   <si>
     <t>#86 Richard Whitley - TE</t>
   </si>
   <si>
     <t>#82 Tony Witt - WR</t>
   </si>
   <si>
     <t>#12 Omer Lozano - WR</t>
   </si>
   <si>
     <t>#67 Nicholas Allbritton - LT</t>
   </si>
   <si>
     <t>#68 Ben Struthers - RG</t>
   </si>
   <si>
-    <t>#66 Robert Elliott - C</t>
+    <t>#59 Robert Elliott - C</t>
   </si>
   <si>
     <t>#50 Robert Perera - LG</t>
   </si>
   <si>
     <t>#68 Richard Saltsman - RT</t>
   </si>
   <si>
     <t>#91 Nigel Stabler - RDE</t>
   </si>
   <si>
     <t>#97 Arthur Crane - DT</t>
   </si>
   <si>
     <t>#51 Colton Miller - MLB</t>
   </si>
   <si>
     <t>#99 Christopher Aguilar - MLB</t>
   </si>
   <si>
     <t>#41 Richard Bailey - CB</t>
   </si>
   <si>
     <t>13:33</t>
   </si>