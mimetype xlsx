--- v2 (2026-01-22)
+++ v3 (2026-03-12)
@@ -302,51 +302,51 @@
   <si>
     <t>(15:00) 4-Tony Longwell kicks 75 yards from MIA 35 to CLE -10. Touchback.</t>
   </si>
   <si>
     <t>#89 Duncan Yount - TE</t>
   </si>
   <si>
     <t>#50 Austin Cunningham - DT</t>
   </si>
   <si>
     <t>#26 Michael Stewart - CB</t>
   </si>
   <si>
     <t>#53 Art Jones - MLB</t>
   </si>
   <si>
     <t>#21 Michael Cohen - CB</t>
   </si>
   <si>
     <t>#55 Kenny Diaz - RDE</t>
   </si>
   <si>
     <t>#11 Gilberto Fitzpatrick - WR</t>
   </si>
   <si>
-    <t>#95 Curtis Grady - WLB</t>
+    <t>#58 Curtis Grady - WLB</t>
   </si>
   <si>
     <t>#33 James Grady - CB</t>
   </si>
   <si>
     <t>#86 Allen Canfield - WR</t>
   </si>
   <si>
     <t>#74 George Curl - DT</t>
   </si>
   <si>
     <t>#4 Tony Longwell - K</t>
   </si>
   <si>
     <t>CLE</t>
   </si>
   <si>
     <t>CLE 25</t>
   </si>
   <si>
     <t>I Formation Power HB Sweep Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
@@ -545,51 +545,51 @@
   <si>
     <t>#99 Christopher Aguilar - MLB</t>
   </si>
   <si>
     <t>#41 Richard Bailey - CB</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>CLE 49</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Blitz</t>
   </si>
   <si>
     <t>2-6-CLE 49 (13:32) 47-Frederick Marshall ran to CLE 42 for 7 yards. Tackle by 33-James Grady.</t>
   </si>
   <si>
     <t>#26 Robert Heroux - RB</t>
   </si>
   <si>
-    <t>#52 Dewey Laura - RDE</t>
+    <t>#64 Dewey Laura - RDE</t>
   </si>
   <si>
     <t>12:48</t>
   </si>
   <si>
     <t>CLE 42</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-CLE 42 (12:47) 15-Lawrence Allen pass Pass knocked down by 99-Christopher Aguilar. incomplete, intended for 80-Bernard Rochon.</t>
   </si>
   <si>
     <t>12:43</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 CB1 CB3 Blitz</t>
   </si>
@@ -956,51 +956,51 @@
   <si>
     <t>3-9-CLE 21 (0:02) 49-Stephen Pagano ran to CLE 22 for 1 yards. Tackle by 96-Russell Wheeler. 81-Marco Morris was caught flat-footed on this play.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>4-8-CLE 22 (15:00) 2-Daniel Epperson punts 47 yards to MIA 31. 80-Bernard Rochon to MIA 33 for 2 yards. 80-Bernard Rochon FUMBLES (92-Art Jones) recovered by CLE-96-Curtis Grady to MIA 24 for 9 yards. Tackle by 80-Bernard Rochon.</t>
   </si>
   <si>
     <t>14:48</t>
   </si>
   <si>
     <t>MIA 24</t>
   </si>
   <si>
     <t>1-10-MIA 24 (14:49) 49-Stephen Pagano ran to MIA 13 for 11 yards. Tackle by 23-Walter Jones.</t>
   </si>
   <si>
     <t>#54 Christian Hubbard - C</t>
   </si>
   <si>
-    <t>#78 Raymond Smithers - RG</t>
+    <t>#78 Raymond Smithers - LT</t>
   </si>
   <si>
     <t>#68 Frank Shirley - RT</t>
   </si>
   <si>
     <t>#53 Lawrence Davis - C</t>
   </si>
   <si>
     <t>#63 John Rockey - RDE</t>
   </si>
   <si>
     <t>#90 James Hanna - MLB</t>
   </si>
   <si>
     <t>14:05</t>
   </si>
   <si>
     <t>MIA 13</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>