--- v0 (2025-10-21)
+++ v1 (2025-11-20)
@@ -377,51 +377,51 @@
   <si>
     <t>#75 Edward Bugbee - RG</t>
   </si>
   <si>
     <t>#61 Victor Rosado - RT</t>
   </si>
   <si>
     <t>#87 Thomas Davis - LDE</t>
   </si>
   <si>
     <t>#64 Gene Lawrence - DT</t>
   </si>
   <si>
     <t>#60 Kevin Stokes - RDE</t>
   </si>
   <si>
     <t>#97 Matthew Clark - MLB</t>
   </si>
   <si>
     <t>#21 Keith Mason - CB</t>
   </si>
   <si>
     <t>#21 Alphonso Chevalier - CB</t>
   </si>
   <si>
-    <t>#50 Robert Rowe - SLB</t>
+    <t>#50 Robert Rowe - MLB</t>
   </si>
   <si>
     <t>#47 Benjamin Summers - CB</t>
   </si>
   <si>
     <t>#46 Brian Armstrong - SS</t>
   </si>
   <si>
     <t>#44 Glen Clark - CB</t>
   </si>
   <si>
     <t>#43 Kenneth Stanley - FS</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>N.O 20</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
@@ -578,51 +578,51 @@
   <si>
     <t>ATL 45</t>
   </si>
   <si>
     <t>I Formation Twin WR Slot Hitch</t>
   </si>
   <si>
     <t>4-3 Normal SLB Middle Blitz</t>
   </si>
   <si>
     <t>1-10-ATL 45 (11:25) 8-Glen Goslin pass Pass knocked down by 32-Billy McKenzie. incomplete, intended for 12-Willie Ketchum.</t>
   </si>
   <si>
     <t>11:21</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-10-ATL 45 (11:22) 23-Jeffery Fitzpatrick ran to N.O 45 for 9 yards. Tackle by 32-Billy McKenzie.</t>
   </si>
   <si>
-    <t>#87 Terry Satter - TE</t>
+    <t>#83 Terry Satter - TE</t>
   </si>
   <si>
     <t>#84 Billy Surface - LDE</t>
   </si>
   <si>
     <t>10:41</t>
   </si>
   <si>
     <t>N.O 45</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>3-1-N.O 45 (10:40) 30-Bobby Edelman ran to N.O 44 for 2 yards. Tackle by 66-Brian Slama.</t>
   </si>
   <si>
     <t>#30 Bobby Edelman - RB</t>
   </si>
   <si>
     <t>10:00</t>
   </si>
@@ -725,69 +725,69 @@
   <si>
     <t>N.O 23</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>3-12-N.O 23 (5:57) 8-Glen Goslin pass complete to 85-Javier Hannah to N.O 21 for 2 yards. Tackle by 31-Joseph Morgan.</t>
   </si>
   <si>
     <t>5:19</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-11-N.O 21 (5:18) 5-Larry Herrera 40 yard field goal is GOOD. N.O 0 ATL 3</t>
   </si>
   <si>
-    <t>#18 Eddie Moreno - P</t>
+    <t>#6 Eddie Moreno - P</t>
   </si>
   <si>
     <t>#69 Steven Douglas - RG</t>
   </si>
   <si>
     <t>#55 John Purvis - LT</t>
   </si>
   <si>
     <t>#63 Mark Isabelle - RT</t>
   </si>
   <si>
     <t>#53 Kelly Stanley - C</t>
   </si>
   <si>
     <t>#71 Leonard Carter - C</t>
   </si>
   <si>
-    <t>#92 Victor Herbert - MLB</t>
+    <t>#92 Victor Herbert - SLB</t>
   </si>
   <si>
     <t>5:15</t>
   </si>
   <si>
     <t>(5:16) 5-Larry Herrera kicks 75 yards from ATL 35 to N.O -10. Touchback.</t>
   </si>
   <si>
     <t>N.O 25</t>
   </si>
   <si>
     <t>Shotgun 5 Wide Slot Drag</t>
   </si>
   <si>
     <t>Quarter Normal CB3 CB5 Blitz</t>
   </si>
   <si>
     <t>1-10-N.O 25 (5:16) 18-Johnny Ringo pass INTERCEPTED by 45-Keith Mason at N.O 34. 45-Keith Mason to N.O 35 for -0 yards. Tackle by 80-Hayden Jude.</t>
   </si>
   <si>
     <t>5:12</t>
   </si>
   <si>
     <t>N.O 35</t>
   </si>
@@ -2325,69 +2325,69 @@
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="280.646" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>