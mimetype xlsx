--- v1 (2025-11-20)
+++ v2 (2026-01-24)
@@ -467,51 +467,51 @@
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-11-N.O 15 (12:53) 9-James Howard punts 51 yards to ATL 34. Fair Catch by 11-Ronald McDonald.</t>
   </si>
   <si>
     <t>#9 James Howard - P</t>
   </si>
   <si>
     <t>#85 Jake Polk - TE</t>
   </si>
   <si>
     <t>#11 Ronald McDonald - WR</t>
   </si>
   <si>
     <t>#74 Phillip Kearns - LT</t>
   </si>
   <si>
     <t>#69 Dick Head - LG</t>
   </si>
   <si>
     <t>#97 Robert Robinson - SLB</t>
   </si>
   <si>
-    <t>#99 Austin Anderson - MLB</t>
+    <t>#95 Austin Anderson - MLB</t>
   </si>
   <si>
     <t>12:45</t>
   </si>
   <si>
     <t>ATL 34</t>
   </si>
   <si>
     <t>Strong I Normal HB Sweep Strong</t>
   </si>
   <si>
     <t>4-3 Under Inside LB Blitz</t>
   </si>
   <si>
     <t>1-10-ATL 34 (12:46) 23-Jeffery Fitzpatrick ran to ATL 40 for 5 yards. Tackle by 55-Ted Matheson.</t>
   </si>
   <si>
     <t>#8 Glen Goslin - QB</t>
   </si>
   <si>
     <t>#23 Jeffery Fitzpatrick - RB</t>
   </si>
   <si>
     <t>#39 Lewis Lopez - FB</t>
   </si>
@@ -725,69 +725,69 @@
   <si>
     <t>N.O 23</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>3-12-N.O 23 (5:57) 8-Glen Goslin pass complete to 85-Javier Hannah to N.O 21 for 2 yards. Tackle by 31-Joseph Morgan.</t>
   </si>
   <si>
     <t>5:19</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-11-N.O 21 (5:18) 5-Larry Herrera 40 yard field goal is GOOD. N.O 0 ATL 3</t>
   </si>
   <si>
-    <t>#6 Eddie Moreno - P</t>
+    <t>#3 Eddie Moreno - P</t>
   </si>
   <si>
     <t>#69 Steven Douglas - RG</t>
   </si>
   <si>
     <t>#55 John Purvis - LT</t>
   </si>
   <si>
     <t>#63 Mark Isabelle - RT</t>
   </si>
   <si>
     <t>#53 Kelly Stanley - C</t>
   </si>
   <si>
     <t>#71 Leonard Carter - C</t>
   </si>
   <si>
-    <t>#92 Victor Herbert - SLB</t>
+    <t>#94 Victor Herbert - SLB</t>
   </si>
   <si>
     <t>5:15</t>
   </si>
   <si>
     <t>(5:16) 5-Larry Herrera kicks 75 yards from ATL 35 to N.O -10. Touchback.</t>
   </si>
   <si>
     <t>N.O 25</t>
   </si>
   <si>
     <t>Shotgun 5 Wide Slot Drag</t>
   </si>
   <si>
     <t>Quarter Normal CB3 CB5 Blitz</t>
   </si>
   <si>
     <t>1-10-N.O 25 (5:16) 18-Johnny Ringo pass INTERCEPTED by 45-Keith Mason at N.O 34. 45-Keith Mason to N.O 35 for -0 yards. Tackle by 80-Hayden Jude.</t>
   </si>
   <si>
     <t>5:12</t>
   </si>
   <si>
     <t>N.O 35</t>
   </si>
@@ -1661,51 +1661,51 @@
   <si>
     <t>2-3-N.O 38 (13:52) 18-Johnny Ringo pass complete to 1-Chas Ching to ATL 18 for 44 yards. Tackle by 32-Kenneth Stanley. N.O 21-Rocky Starr was injured on the play.</t>
   </si>
   <si>
     <t>#75 Robert Lott - DT</t>
   </si>
   <si>
     <t>13:27</t>
   </si>
   <si>
     <t>ATL 18</t>
   </si>
   <si>
     <t>1-10-ATL 18 (13:26) 18-Johnny Ringo pass complete to 88-William Brissette to ATL 0 for 18 yards. TOUCHDOWN! N.O 6 ATL 37</t>
   </si>
   <si>
     <t>#62 James Lumley - RDE</t>
   </si>
   <si>
     <t>13:21</t>
   </si>
   <si>
     <t>(13:22) Extra point by 8-Boris Tschida is NO GOOD. (Wide Right)</t>
   </si>
   <si>
-    <t>#52 Barry Wilson - C</t>
+    <t>#62 Barry Wilson - C</t>
   </si>
   <si>
     <t>#59 Ned Hixon - LDE</t>
   </si>
   <si>
     <t>(13:22) 8-Boris Tschida kicks 75 yards from N.O 35 to ATL -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-ATL 25 (13:22) 23-Jeffery Fitzpatrick ran to ATL 27 for 2 yards. Tackle by 66-Brian Slama.</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>2-8-ATL 27 (12:40) 30-Bobby Edelman ran to ATL 31 for 4 yards. Tackle by 3-Justin Leverette.</t>
   </si>
   <si>
     <t>3-4-ATL 31 (12:04) 8-Glen Goslin sacked at ATL 24 for -8 yards (95-William Napoleon). Sack allowed by 77-Carlos Wiles. 8-Glen Goslin FUMBLES (95-William Napoleon) recovered by N.O-95-William Napoleon at ATL 23.</t>
   </si>
   <si>
     <t>11:59</t>
   </si>
   <si>
     <t>ATL 23</t>
   </si>