--- v0 (2025-11-03)
+++ v1 (2025-12-07)
@@ -308,51 +308,51 @@
   <si>
     <t>#34 Steven Garcia - FS</t>
   </si>
   <si>
     <t>#72 Malcolm Jones - LDE</t>
   </si>
   <si>
     <t>#22 Richard Kearney - FS</t>
   </si>
   <si>
     <t>#50 Joe Wilson - MLB</t>
   </si>
   <si>
     <t>#29 Patrick Rahm - FS</t>
   </si>
   <si>
     <t>#91 Richard Carpenter - LDE</t>
   </si>
   <si>
     <t>#38 John Ware - FS</t>
   </si>
   <si>
     <t>#56 Gilbert Wiens - SLB</t>
   </si>
   <si>
-    <t>#96 Steven Caton - RDE</t>
+    <t>#97 Steven Caton - LDE</t>
   </si>
   <si>
     <t>#95 Robert Brown - DT</t>
   </si>
   <si>
     <t>#7 Eric Ross - K</t>
   </si>
   <si>
     <t>PHI</t>
   </si>
   <si>
     <t>PHI 25</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>46 Normal Inside Blitz</t>
   </si>
   <si>
     <t>1-10-PHI 25 (15:00) 8-Robert Avery pass Pass knocked down by 32-Adam Weir. incomplete, intended for 20-Ryan Burkhart.</t>
   </si>
   <si>
     <t>#8 Robert Avery - QB</t>
   </si>
@@ -374,51 +374,51 @@
   <si>
     <t>#68 Richard Bowser - LT</t>
   </si>
   <si>
     <t>#61 Monte Bard - LG</t>
   </si>
   <si>
     <t>#78 George Waterman - C</t>
   </si>
   <si>
     <t>#57 Allen Nurse - RG</t>
   </si>
   <si>
     <t>#71 Allan Chapin - RT</t>
   </si>
   <si>
     <t>#91 David Sanders - LDE</t>
   </si>
   <si>
     <t>#98 Russell Sears - LDE</t>
   </si>
   <si>
     <t>#66 Warren Crawford - RDE</t>
   </si>
   <si>
-    <t>#97 James Hobson - RDE</t>
+    <t>#97 James Hobson - WLB</t>
   </si>
   <si>
     <t>#97 James Raymond - MLB</t>
   </si>
   <si>
     <t>#90 Richard Allison - SLB</t>
   </si>
   <si>
     <t>#92 Arthur Green - WLB</t>
   </si>
   <si>
     <t>#45 James Donovan - CB</t>
   </si>
   <si>
     <t>#41 Joe Perkins - CB</t>
   </si>
   <si>
     <t>#8 Bobby Johnson - CB</t>
   </si>
   <si>
     <t>#39 Adam Weir - CB</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
@@ -458,102 +458,102 @@
   <si>
     <t>3-10-PHI 25 (14:53) 8-Robert Avery pass Pass knocked down by 95-Walter Fleet. incomplete, intended for 32-James Taylor.</t>
   </si>
   <si>
     <t>#41 David Nash - RB</t>
   </si>
   <si>
     <t>#43 Jose Cleveland - FS</t>
   </si>
   <si>
     <t>14:49</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-10-PHI 25 (14:50) 6-Lawrence Burger punts 49 yards to MIL 26. Fair Catch by 87-William Harris.</t>
   </si>
   <si>
     <t>#6 Lawrence Burger - P</t>
   </si>
   <si>
-    <t>#59 Omar Lamp - C</t>
+    <t>#71 Omar Lamp - C</t>
   </si>
   <si>
     <t>#19 William Harris - WR</t>
   </si>
   <si>
     <t>#54 Dennis Crandall - LT</t>
   </si>
   <si>
     <t>#52 Angel Donahue - WLB</t>
   </si>
   <si>
     <t>14:42</t>
   </si>
   <si>
     <t>MMR 26</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-MIL 26 (14:43) 9-John Frazier pass complete to 81-Robert Stribling to MIL 33 for 7 yards. Tackle by 36-Wayne Lincoln.</t>
   </si>
   <si>
     <t>#14 John Frazier - QB</t>
   </si>
   <si>
-    <t>#26 Mitchell Riddle - RB</t>
+    <t>#33 Mitchell Riddle - RB</t>
   </si>
   <si>
     <t>#77 John Lee - LT</t>
   </si>
   <si>
     <t>#88 Robert Stribling - WR</t>
   </si>
   <si>
     <t>#10 Logan Martinez - WR</t>
   </si>
   <si>
     <t>#55 Thomas Saenz - LT</t>
   </si>
   <si>
     <t>#68 Orville King - LG</t>
   </si>
   <si>
     <t>#73 Troy Wellman - C</t>
   </si>
   <si>
-    <t>#56 Gerald Townsend - LG</t>
+    <t>#56 Gerald Townsend - LT</t>
   </si>
   <si>
     <t>#65 Charles Wilhelm - RT</t>
   </si>
   <si>
     <t>#52 Kevin Thompson - DT</t>
   </si>
   <si>
     <t>#53 Luke Hardin - MLB</t>
   </si>
   <si>
     <t>#98 William Smith - WLB</t>
   </si>
   <si>
     <t>#43 Timothy Graham - CB</t>
   </si>
   <si>
     <t>#39 Arthur Jordan - CB</t>
   </si>
   <si>
     <t>#36 Wayne Lincoln - CB</t>
   </si>
   <si>
     <t>14:00</t>
   </si>
@@ -713,51 +713,51 @@
   <si>
     <t>Shotgun Normal TE Out</t>
   </si>
   <si>
     <t>1-10-PHI 48 (8:22) 8-Robert Avery pass complete to 87-Michael Mendez to MIL 44 for 8 yards. Tackle by 8-Bobby Johnson.</t>
   </si>
   <si>
     <t>7:38</t>
   </si>
   <si>
     <t>MMR 44</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>2-2-MIL 44 (7:37) 29-Jefferey Krause ran to MIL 45 for -2 yards. Tackle by 95-Walter Fleet.</t>
   </si>
   <si>
     <t>#82 Eric Williams - TE</t>
   </si>
   <si>
-    <t>#89 Leon Ornelas - TE</t>
+    <t>#85 Leon Ornelas - TE</t>
   </si>
   <si>
     <t>6:55</t>
   </si>
   <si>
     <t>MMR 45</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>3-4-MIL 45 (6:54) 8-Robert Avery pass Pass knocked down by 34-James Donovan. incomplete, intended for 87-Michael Mendez.</t>
   </si>
   <si>
     <t>6:50</t>
   </si>
   <si>
     <t>4-4-MIL 45 (6:51) 6-Lawrence Burger punts 33 yards to MIL 12.</t>
   </si>
   <si>
     <t>6:42</t>
   </si>
   <si>
     <t>MMR 12</t>
   </si>
@@ -1028,51 +1028,51 @@
   <si>
     <t>Singleback Normal PA Rollout</t>
   </si>
   <si>
     <t>2-10-PHI 17 (9:00) Tackle by 72-Malcolm Jones. PHI 96-Steven Caton was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>8:27</t>
   </si>
   <si>
     <t>PHI 14</t>
   </si>
   <si>
     <t>Nickel Normal Double LB Blitz</t>
   </si>
   <si>
     <t>3-8-PHI 14 (8:26) 9-John Frazier pass Pass knocked down by 42-Richard Kearney. incomplete, intended for 89-Timothy Damian. Pressure by 72-Malcolm Jones.</t>
   </si>
   <si>
     <t>8:21</t>
   </si>
   <si>
     <t>4-8-PHI 14 (8:22) 7-Eric Ross 32 yard field goal is GOOD. MIL 6 PHI 0</t>
   </si>
   <si>
-    <t>#92 Fred Abbott - SLB</t>
+    <t>#58 Fred Abbott - SLB</t>
   </si>
   <si>
     <t>8:18</t>
   </si>
   <si>
     <t>(8:19) 7-Eric Ross kicks 75 yards from MIL 35 to PHI -10. Touchback.</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>1-10-PHI 25 (8:19) 29-Jefferey Krause ran to PHI 28 for 3 yards. Tackle by 3-Arthur Green.</t>
   </si>
   <si>
     <t>7:46</t>
   </si>
   <si>
     <t>PHI 28</t>
   </si>
   <si>
     <t>2-7-PHI 28 (7:45) 8-Robert Avery pass incomplete, intended for 16-Rodney Cutshall. Pressure by 72-David Sanders. 3-Arthur Green got away with a hold on that play.</t>
   </si>
   <si>
     <t>7:40</t>
   </si>