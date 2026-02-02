--- v1 (2025-12-07)
+++ v2 (2026-02-02)
@@ -410,54 +410,54 @@
   <si>
     <t>#45 James Donovan - CB</t>
   </si>
   <si>
     <t>#41 Joe Perkins - CB</t>
   </si>
   <si>
     <t>#8 Bobby Johnson - CB</t>
   </si>
   <si>
     <t>#39 Adam Weir - CB</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>I Formation 3WR FL Post</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>2-10-PHI 25 (14:56) 8-Robert Avery pass incomplete, dropped by 29-Jefferey Krause.</t>
   </si>
   <si>
-    <t>#16 Rodney Cutshall - WR</t>
-[...2 lines deleted...]
-    <t>#78 Danny Green - DT</t>
+    <t>#87 Rodney Cutshall - WR</t>
+  </si>
+  <si>
+    <t>#71 Danny Green - DT</t>
   </si>
   <si>
     <t>#93 Walter Fleet - SLB</t>
   </si>
   <si>
     <t>#46 Jose Curtis - MLB</t>
   </si>
   <si>
     <t>#27 Jesse Pope - SS</t>
   </si>
   <si>
     <t>#28 William Richardson - FS</t>
   </si>
   <si>
     <t>14:52</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>3-10-PHI 25 (14:53) 8-Robert Avery pass Pass knocked down by 95-Walter Fleet. incomplete, intended for 32-James Taylor.</t>
   </si>
   <si>
     <t>#41 David Nash - RB</t>
   </si>
@@ -569,51 +569,51 @@
   <si>
     <t>2-3-MIL 33 (13:59) 9-John Frazier pass complete to 82-John Lee to MIL 40 for 8 yards. Tackle by 42-Richard Kearney.</t>
   </si>
   <si>
     <t>#86 Timothy Damian - TE</t>
   </si>
   <si>
     <t>#59 Joseph Tarver - MLB</t>
   </si>
   <si>
     <t>13:25</t>
   </si>
   <si>
     <t>MMR 40</t>
   </si>
   <si>
     <t>I Formation Power HB Dive Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-MIL 40 (13:24) 31-Mitchell Riddle ran to MIL 41 for 1 yards. Tackle by 95-Robert Brown.</t>
   </si>
   <si>
-    <t>#84 Michael Wingard - TE</t>
+    <t>#83 Michael Wingard - TE</t>
   </si>
   <si>
     <t>#89 Richard Smeltzer - TE</t>
   </si>
   <si>
     <t>12:41</t>
   </si>
   <si>
     <t>MMR 41</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>2-9-MIL 41 (12:40) 9-John Frazier pass complete to 89-Timothy Damian to MIL 47 for 5 yards. Tackle by 53-Luke Hardin. PHI 95-Robert Brown was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>12:02</t>
   </si>
   <si>
     <t>MMR 47</t>
   </si>
@@ -1028,51 +1028,51 @@
   <si>
     <t>Singleback Normal PA Rollout</t>
   </si>
   <si>
     <t>2-10-PHI 17 (9:00) Tackle by 72-Malcolm Jones. PHI 96-Steven Caton was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>8:27</t>
   </si>
   <si>
     <t>PHI 14</t>
   </si>
   <si>
     <t>Nickel Normal Double LB Blitz</t>
   </si>
   <si>
     <t>3-8-PHI 14 (8:26) 9-John Frazier pass Pass knocked down by 42-Richard Kearney. incomplete, intended for 89-Timothy Damian. Pressure by 72-Malcolm Jones.</t>
   </si>
   <si>
     <t>8:21</t>
   </si>
   <si>
     <t>4-8-PHI 14 (8:22) 7-Eric Ross 32 yard field goal is GOOD. MIL 6 PHI 0</t>
   </si>
   <si>
-    <t>#58 Fred Abbott - SLB</t>
+    <t>#91 Fred Abbott - SLB</t>
   </si>
   <si>
     <t>8:18</t>
   </si>
   <si>
     <t>(8:19) 7-Eric Ross kicks 75 yards from MIL 35 to PHI -10. Touchback.</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>1-10-PHI 25 (8:19) 29-Jefferey Krause ran to PHI 28 for 3 yards. Tackle by 3-Arthur Green.</t>
   </si>
   <si>
     <t>7:46</t>
   </si>
   <si>
     <t>PHI 28</t>
   </si>
   <si>
     <t>2-7-PHI 28 (7:45) 8-Robert Avery pass incomplete, intended for 16-Rodney Cutshall. Pressure by 72-David Sanders. 3-Arthur Green got away with a hold on that play.</t>
   </si>
   <si>
     <t>7:40</t>
   </si>
@@ -1538,51 +1538,51 @@
   <si>
     <t>3-18-PHI 41 (14:21) 8-Robert Avery pass Pass knocked down by 46-Jose Curtis. incomplete, intended for 88-Eugene Carroll.</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>4-18-PHI 41 (14:19) 6-Lawrence Burger punts 59 yards to MIL 0.4-18-PHI 41 (14:19) 6-Lawrence Burger punts 59 yards to MIL 0. Touchback.</t>
   </si>
   <si>
     <t>14:09</t>
   </si>
   <si>
     <t>Nickel Normal CB3 LB Blitz</t>
   </si>
   <si>
     <t>1-10-MIL 20 (14:10) 9-John Frazier pass complete to 89-Timothy Damian to MIL 39 for 19 yards. Tackle by 43-Timothy Graham. Great move by 89-Timothy Damian to get free of his coverage.</t>
   </si>
   <si>
     <t>13:26</t>
   </si>
   <si>
     <t>1-10-MIL 39 (13:25) 9-John Frazier pass complete to 89-Richard Smeltzer to MIL 41 for 2 yards. Tackle by 59-Joseph Tarver.</t>
   </si>
   <si>
-    <t>#74 Paul Foster - RT</t>
+    <t>#70 Paul Foster - RT</t>
   </si>
   <si>
     <t>12:44</t>
   </si>
   <si>
     <t>2-8-MIL 41 (12:43) 9-John Frazier pass complete to 81-Robert Stribling to MIL 42 for 1 yards. Tackle by 25-Arthur Jordan.</t>
   </si>
   <si>
     <t>12:03</t>
   </si>
   <si>
     <t>3-7-MIL 42 (12:02) 9-John Frazier pass complete to 89-Timothy Damian to MIL 45 for 3 yards. Tackle by 42-Richard Kearney.</t>
   </si>
   <si>
     <t>11:25</t>
   </si>
   <si>
     <t>4-4-MIL 45 (11:24) 2-Dale Stidham punts 59 yards to PHI -3.4-4-MIL 45 (11:24) 2-Dale Stidham punts 59 yards to PHI -3. Touchback.</t>
   </si>
   <si>
     <t>11:15</t>
   </si>
   <si>
     <t>1-10-PHI 20 (11:16) 8-Robert Avery pass incomplete, dropped by 19-Brad Vasquez.</t>
   </si>