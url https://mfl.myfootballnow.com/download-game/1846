--- v0 (2025-10-16)
+++ v1 (2025-12-07)
@@ -311,99 +311,99 @@
   <si>
     <t>#91 Joey Filson - LDE</t>
   </si>
   <si>
     <t>#93 Jeffrey Browne - LDE</t>
   </si>
   <si>
     <t>#38 Steve Gillespie - CB</t>
   </si>
   <si>
     <t>#23 Connie Dougherty - CB</t>
   </si>
   <si>
     <t>#72 Jackie Weiss - C</t>
   </si>
   <si>
     <t>#43 Ronnie Jenkins - SS</t>
   </si>
   <si>
     <t>#53 Scott McGhee - SLB</t>
   </si>
   <si>
     <t>#20 Henry McDonough - SS</t>
   </si>
   <si>
-    <t>#51 Al Vinson - MLB</t>
+    <t>#54 Al Vinson - MLB</t>
   </si>
   <si>
     <t>#4 Michael Patton - K</t>
   </si>
   <si>
     <t>S.F</t>
   </si>
   <si>
     <t>S.F 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-S.F 25 (15:00) 24-Russell Russell ran to S.F 35 for 10 yards. Tackle by 26-Jim Rape.</t>
   </si>
   <si>
     <t>#4 James Charney - QB</t>
   </si>
   <si>
     <t>#24 Russell Russell - RB</t>
   </si>
   <si>
     <t>#86 Matthew Williams - TE</t>
   </si>
   <si>
     <t>#81 Martin Hartman - WR</t>
   </si>
   <si>
     <t>#10 Benjamin Hover - WR</t>
   </si>
   <si>
     <t>#57 Ronnie Wetzel - LT</t>
   </si>
   <si>
-    <t>#62 Clifton Davis - RG</t>
+    <t>#75 Clifton Davis - RG</t>
   </si>
   <si>
     <t>#76 Ben Hicks - RG</t>
   </si>
   <si>
     <t>#70 Enrique Harris - RT</t>
   </si>
   <si>
-    <t>#66 Shane Saunders - RDE</t>
+    <t>#66 Shane Saunders - CB</t>
   </si>
   <si>
     <t>#78 Danny Oviedo - DT</t>
   </si>
   <si>
     <t>#68 Marvin Jaramillo - DT</t>
   </si>
   <si>
     <t>#63 Aaron Vaughn - RDE</t>
   </si>
   <si>
     <t>#98 Randy Hernandez - MLB</t>
   </si>
   <si>
     <t>#97 Roy Lewis - WLB</t>
   </si>
   <si>
     <t>#39 Eduardo Ross - CB</t>
   </si>
   <si>
     <t>#25 Ron Aceves - CB</t>
   </si>
   <si>
     <t>#47 Felipe Winslow - CB</t>
   </si>
@@ -434,51 +434,51 @@
   <si>
     <t>#39 Matthew Fowler - FB</t>
   </si>
   <si>
     <t>#71 Christopher Gloss - RDE</t>
   </si>
   <si>
     <t>#59 Joseph Lane - SLB</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>S.F 47</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-S.F 47 (13:39) 24-Russell Russell ran to OAK 47 for 6 yards. Tackle by 26-Jim Rape.</t>
   </si>
   <si>
-    <t>#55 Scott Hulme - DT</t>
+    <t>#55 Scott Hulme - SLB</t>
   </si>
   <si>
     <t>12:59</t>
   </si>
   <si>
     <t>OAK 47</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>2-4-OAK 47 (12:58) 24-Russell Russell ran to OAK 36 for 12 yards. Tackle by 26-Jim Rape.</t>
   </si>
   <si>
     <t>12:19</t>
   </si>
   <si>
     <t>OAK 36</t>
   </si>
   <si>
     <t>Strong I Big TE Post</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
@@ -578,51 +578,51 @@
   <si>
     <t>#81 Richard Louis - TE</t>
   </si>
   <si>
     <t>#13 Edward Robinson - WR</t>
   </si>
   <si>
     <t>#85 Greg Lawrence - WR</t>
   </si>
   <si>
     <t>#72 Raymond Perez - RG</t>
   </si>
   <si>
     <t>#65 Glenn Ramos - LG</t>
   </si>
   <si>
     <t>#76 Lee Nolette - C</t>
   </si>
   <si>
     <t>#46 Jon Parks - RG</t>
   </si>
   <si>
     <t>#77 Ollie Johnson - RT</t>
   </si>
   <si>
-    <t>#77 Thomas Lafferty - DT</t>
+    <t>#77 Thomas Lafferty - LDE</t>
   </si>
   <si>
     <t>#71 Gordon Luna - RDE</t>
   </si>
   <si>
     <t>#51 Michael Cruse - MLB</t>
   </si>
   <si>
     <t>#27 Harry Spears - FS</t>
   </si>
   <si>
     <t>9:16</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>2-6-OAK 8 (9:15) 20-Robert Guillory ran to OAK 12 for 4 yards. Tackle by 53-Scott McGhee.</t>
   </si>
   <si>
     <t>#19 Anthony Gibson - WR</t>
   </si>
@@ -641,51 +641,51 @@
   <si>
     <t>3-3-OAK 12 (8:36) 20-Robert Guillory ran to OAK 7 for -5 yards. Tackle by 91-Joey Filson.</t>
   </si>
   <si>
     <t>8:02</t>
   </si>
   <si>
     <t>OAK 7</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-7-OAK 7 (8:01) 11-Darrell Munoz punts 53 yards to S.F 40. 12-Daniel Rangel to S.F 48 for 8 yards. Tackle by 25-Ron Aceves.</t>
   </si>
   <si>
     <t>#12 Darrell Munoz - P</t>
   </si>
   <si>
     <t>#87 Donald Greer - TE</t>
   </si>
   <si>
-    <t>#58 Mark Kirkland - SLB</t>
+    <t>#93 Mark Kirkland - WLB</t>
   </si>
   <si>
     <t>#96 Arthur Evans - DT</t>
   </si>
   <si>
     <t>#58 Virgilio Abbate - SLB</t>
   </si>
   <si>
     <t>7:52</t>
   </si>
   <si>
     <t>S.F 48</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-S.F 48 (7:53) 24-Russell Russell ran to S.F 48 for a short gain. Tackle by 63-Aaron Vaughn.</t>
   </si>
   <si>
     <t>7:19</t>
   </si>
@@ -698,51 +698,51 @@
   <si>
     <t>S.F 46</t>
   </si>
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle</t>
   </si>
   <si>
     <t>3-11-S.F 46 (6:34) 10-James Charney pass complete to 81-Martin Hartman to OAK 43 for 10 yards. Tackle by 26-Jim Rape.</t>
   </si>
   <si>
     <t>5:52</t>
   </si>
   <si>
     <t>OAK 43</t>
   </si>
   <si>
     <t>4-1-OAK 43 (5:51) 7-Gary Hart punts 42 yards to OAK 1.</t>
   </si>
   <si>
     <t>#7 Gary Hart - P</t>
   </si>
   <si>
-    <t>#57 Patrick Guzik - C</t>
+    <t>#62 Patrick Guzik - C</t>
   </si>
   <si>
     <t>#50 David Carpenter - C</t>
   </si>
   <si>
     <t>5:41</t>
   </si>
   <si>
     <t>OAK 1</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-OAK 1 (5:42) 20-Robert Guillory ran to OAK 2 for a short gain. Tackle by 53-Scott McGhee. 87-Donald Greer was completely beat on that play.</t>
   </si>
   <si>
     <t>#28 Christian Richey - RB</t>
   </si>
   <si>
     <t>#99 Robert Koffler - RDE</t>
   </si>