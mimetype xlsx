--- v1 (2025-12-07)
+++ v2 (2026-02-04)
@@ -374,60 +374,60 @@
   <si>
     <t>#75 Clifton Davis - RG</t>
   </si>
   <si>
     <t>#76 Ben Hicks - RG</t>
   </si>
   <si>
     <t>#70 Enrique Harris - RT</t>
   </si>
   <si>
     <t>#66 Shane Saunders - CB</t>
   </si>
   <si>
     <t>#78 Danny Oviedo - DT</t>
   </si>
   <si>
     <t>#68 Marvin Jaramillo - DT</t>
   </si>
   <si>
     <t>#63 Aaron Vaughn - RDE</t>
   </si>
   <si>
     <t>#98 Randy Hernandez - MLB</t>
   </si>
   <si>
-    <t>#97 Roy Lewis - WLB</t>
+    <t>#53 Roy Lewis - WLB</t>
   </si>
   <si>
     <t>#39 Eduardo Ross - CB</t>
   </si>
   <si>
     <t>#25 Ron Aceves - CB</t>
   </si>
   <si>
-    <t>#47 Felipe Winslow - CB</t>
+    <t>#28 Felipe Winslow - CB</t>
   </si>
   <si>
     <t>#49 Jim Rape - SS</t>
   </si>
   <si>
     <t>#40 Charles Brown - CB</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>S.F 35</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-S.F 35 (14:21) 10-James Charney pass complete to 81-Martin Hartman to S.F 47 for 11 yards. Tackle by 21-Eduardo Ross.</t>
   </si>
   <si>
     <t>#44 Jon Wood - RB</t>
   </si>
@@ -551,84 +551,84 @@
   <si>
     <t>3-1-OAK 8 (9:52) 24-Russell Russell ran to OAK 7 for 1 yards. 24-Russell Russell FUMBLES (68-Marvin Jaramillo) recovered by OAK-97-Roy Lewis at OAK 5. Tackle by 39-Matthew Fowler.</t>
   </si>
   <si>
     <t>9:47</t>
   </si>
   <si>
     <t>OAK 5</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-OAK 5 (9:48) 20-Robert Guillory ran to OAK 8 for 4 yards. Tackle by 43-Ronnie Jenkins.</t>
   </si>
   <si>
     <t>#18 George Bahena - QB</t>
   </si>
   <si>
     <t>#46 Robert Guillory - RB</t>
   </si>
   <si>
-    <t>#49 Roland Pritchard - FB</t>
+    <t>#48 Roland Pritchard - FB</t>
   </si>
   <si>
     <t>#81 Richard Louis - TE</t>
   </si>
   <si>
     <t>#13 Edward Robinson - WR</t>
   </si>
   <si>
     <t>#85 Greg Lawrence - WR</t>
   </si>
   <si>
-    <t>#72 Raymond Perez - RG</t>
+    <t>#60 Raymond Perez - RG</t>
   </si>
   <si>
     <t>#65 Glenn Ramos - LG</t>
   </si>
   <si>
     <t>#76 Lee Nolette - C</t>
   </si>
   <si>
     <t>#46 Jon Parks - RG</t>
   </si>
   <si>
-    <t>#77 Ollie Johnson - RT</t>
+    <t>#66 Ollie Johnson - LT</t>
   </si>
   <si>
     <t>#77 Thomas Lafferty - LDE</t>
   </si>
   <si>
     <t>#71 Gordon Luna - RDE</t>
   </si>
   <si>
-    <t>#51 Michael Cruse - MLB</t>
+    <t>#51 Michael Cruse - SLB</t>
   </si>
   <si>
     <t>#27 Harry Spears - FS</t>
   </si>
   <si>
     <t>9:16</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>2-6-OAK 8 (9:15) 20-Robert Guillory ran to OAK 12 for 4 yards. Tackle by 53-Scott McGhee.</t>
   </si>
   <si>
     <t>#19 Anthony Gibson - WR</t>
   </si>
   <si>
     <t>#46 Dave James - CB</t>
   </si>
   <si>
     <t>8:37</t>
   </si>
@@ -647,51 +647,51 @@
   <si>
     <t>OAK 7</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-7-OAK 7 (8:01) 11-Darrell Munoz punts 53 yards to S.F 40. 12-Daniel Rangel to S.F 48 for 8 yards. Tackle by 25-Ron Aceves.</t>
   </si>
   <si>
     <t>#12 Darrell Munoz - P</t>
   </si>
   <si>
     <t>#87 Donald Greer - TE</t>
   </si>
   <si>
     <t>#93 Mark Kirkland - WLB</t>
   </si>
   <si>
     <t>#96 Arthur Evans - DT</t>
   </si>
   <si>
-    <t>#58 Virgilio Abbate - SLB</t>
+    <t>#98 Virgilio Abbate - SLB</t>
   </si>
   <si>
     <t>7:52</t>
   </si>
   <si>
     <t>S.F 48</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-S.F 48 (7:53) 24-Russell Russell ran to S.F 48 for a short gain. Tackle by 63-Aaron Vaughn.</t>
   </si>
   <si>
     <t>7:19</t>
   </si>
   <si>
     <t>2-10-S.F 48 (7:18) 24-Russell Russell ran to S.F 46 for -2 yards. Tackle by 66-Shane Saunders.</t>
   </si>
   <si>
     <t>6:35</t>
   </si>
@@ -1244,51 +1244,51 @@
   <si>
     <t>0:28</t>
   </si>
   <si>
     <t>0:24</t>
   </si>
   <si>
     <t>S.F 28</t>
   </si>
   <si>
     <t>Shotgun Normal Short Attack</t>
   </si>
   <si>
     <t>3-5-S.F 28 (0:25) 5-George Bahena pass Pass knocked down by 46-Dave James. incomplete, intended for 19-Anthony Gibson.</t>
   </si>
   <si>
     <t>0:21</t>
   </si>
   <si>
     <t>4-5-S.F 28 (0:22) 4-Michael Patton 46 yard field goal is GOOD. S.F 3 OAK 3</t>
   </si>
   <si>
     <t>#14 Reginald Johnson - QB</t>
   </si>
   <si>
-    <t>#63 Jonathan Mann - C</t>
+    <t>#63 Jonathan Mann - LT</t>
   </si>
   <si>
     <t>0:18</t>
   </si>
   <si>
     <t>(0:19) 4-Michael Patton kicks 74 yards from OAK 35 to S.F -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-S.F 25 (0:19) 24-Russell Russell ran to S.F 26 for 1 yards. Tackle by 59-Joseph Lane.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 11-Danny Peele kicks 64 yards from S.F 35 to OAK 1. 13-Edward Robinson to OAK 17 for 16 yards. Tackle by 42-Connie Dougherty. OAK 63-Aaron Vaughn was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>1-10-OAK 17 (14:58) 5-George Bahena pass incomplete, intended for 87-Donald Greer.</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
@@ -1409,51 +1409,51 @@
   <si>
     <t>6:50</t>
   </si>
   <si>
     <t>1-10-OAK 35 (6:49) 20-Robert Guillory ran to S.F 49 for 15 yards. Tackle by 95-Jeffrey Browne.</t>
   </si>
   <si>
     <t>6:08</t>
   </si>
   <si>
     <t>1-10-S.F 49 (6:07) 28-Christian Richey ran to S.F 44 for 5 yards. Tackle by 28-Henry McDonough. OAK 72-Raymond Perez was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:27</t>
   </si>
   <si>
     <t>S.F 44</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>2-5-S.F 44 (5:26) 28-Christian Richey ran to S.F 35 for 9 yards. Tackle by 27-Harry Spears.</t>
   </si>
   <si>
-    <t>#62 Joseph Chavez - C</t>
+    <t>#72 Joseph Chavez - RG</t>
   </si>
   <si>
     <t>4:48</t>
   </si>
   <si>
     <t>4-3 Normal 4 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-S.F 35 (4:47) 49-Roland Pritchard ran to S.F 28 for 8 yards. Tackle by 27-Harry Spears. S.F 96-Arthur Evans was injured on the play. He looks like he should be able to return. PENALTY - Holding (OAK 76-Lee Nolette)</t>
   </si>
   <si>
     <t>4:42</t>
   </si>
   <si>
     <t>1-12-S.F 38 (4:43) 20-Robert Guillory ran to S.F 28 for 10 yards. Tackle by 29-Steve Gillespie.</t>
   </si>
   <si>
     <t>4:07</t>
   </si>
   <si>
     <t>2-3-S.F 28 (4:06) 28-Christian Richey ran to S.F 33 for -5 yards. Tackle by 91-Joey Filson.</t>
   </si>
   <si>
     <t>4:04</t>
   </si>
@@ -2217,51 +2217,51 @@
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="314.923" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>