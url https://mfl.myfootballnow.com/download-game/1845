--- v0 (2025-10-20)
+++ v1 (2025-12-19)
@@ -356,60 +356,60 @@
   <si>
     <t>#1 Steven Herrera - QB</t>
   </si>
   <si>
     <t>#47 Randy Dennis - RB</t>
   </si>
   <si>
     <t>#43 Danny Freeman - FB</t>
   </si>
   <si>
     <t>#86 Henry Moore - TE</t>
   </si>
   <si>
     <t>#85 Mike Anton - WR</t>
   </si>
   <si>
     <t>#11 James Lindgren - WR</t>
   </si>
   <si>
     <t>#68 Christopher Briggs - LT</t>
   </si>
   <si>
     <t>#50 Eric Newby - RG</t>
   </si>
   <si>
-    <t>#78 Travis Mendez - C</t>
+    <t>#68 Travis Mendez - C</t>
   </si>
   <si>
     <t>#66 Chris Smith - RG</t>
   </si>
   <si>
     <t>#79 Charles Daniel - RT</t>
   </si>
   <si>
-    <t>#98 Taylor Camacho - RDE</t>
+    <t>#97 Taylor Camacho - LDE</t>
   </si>
   <si>
     <t>#93 Herbert Murphy - DT</t>
   </si>
   <si>
     <t>#65 Robert Lawrence - DT</t>
   </si>
   <si>
     <t>#91 Javier Blair - RDE</t>
   </si>
   <si>
     <t>#56 Frederick Ledezma - WLB</t>
   </si>
   <si>
     <t>#51 Robert Bouchard - WLB</t>
   </si>
   <si>
     <t>#50 James Grubbs - WLB</t>
   </si>
   <si>
     <t>#46 Antonio Lin - CB</t>
   </si>
   <si>
     <t>#49 Michael Draper - CB</t>
   </si>
@@ -500,57 +500,57 @@
   <si>
     <t>11:49</t>
   </si>
   <si>
     <t>K.C 45</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-K.C 45 (11:48) 10-Ralph Hammack punts 47 yards to OKC 9.</t>
   </si>
   <si>
     <t>#10 Ralph Hammack - P</t>
   </si>
   <si>
     <t>#60 Frank Castanon - C</t>
   </si>
   <si>
     <t>#89 Sean Sanchez - WR</t>
   </si>
   <si>
-    <t>#25 Angel Collins - RB</t>
+    <t>#35 Angel Collins - RB</t>
   </si>
   <si>
     <t>#70 Mark Williams - RT</t>
   </si>
   <si>
-    <t>#14 Mike Schulze - WR</t>
+    <t>#18 Mike Schulze - WR</t>
   </si>
   <si>
     <t>#73 Thomas Stender - LT</t>
   </si>
   <si>
     <t>#54 Kenneth Salerno - WLB</t>
   </si>
   <si>
     <t>#53 Nelson Derrick - WLB</t>
   </si>
   <si>
     <t>11:38</t>
   </si>
   <si>
     <t>OKC 9</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-OKC 9 (11:39) 38-Angel Collins ran to OKC 9 for a short gain. Tackle by 42-Dennis Lopez.</t>
   </si>
@@ -566,51 +566,51 @@
   <si>
     <t>#57 Kenneth Hodges - LT</t>
   </si>
   <si>
     <t>#57 Dennis Kirkpatrick - RG</t>
   </si>
   <si>
     <t>#60 Elvin Parra - C</t>
   </si>
   <si>
     <t>#45 Steve Braxton - RG</t>
   </si>
   <si>
     <t>#58 James Perez - DT</t>
   </si>
   <si>
     <t>#73 Jeffrey Wetter - DT</t>
   </si>
   <si>
     <t>#54 Romeo Valentine - WLB</t>
   </si>
   <si>
     <t>#46 Robert Anderson - CB</t>
   </si>
   <si>
-    <t>#41 Kenneth Miller - SS</t>
+    <t>#27 Kenneth Miller - SS</t>
   </si>
   <si>
     <t>#42 Dennis Lopez - FS</t>
   </si>
   <si>
     <t>11:04</t>
   </si>
   <si>
     <t>2-10-OKC 9 (11:03) 5-Royce Ohara pass complete to 88-Mike Schulze to OKC 26 for 16 yards. Tackle by 41-Kenneth Miller. 88-Mike Schulze did some fancy footwork there.</t>
   </si>
   <si>
     <t>#19 Gary Isom - WR</t>
   </si>
   <si>
     <t>#74 David Hafer - RDE</t>
   </si>
   <si>
     <t>10:24</t>
   </si>
   <si>
     <t>OKC 26</t>
   </si>
   <si>
     <t>Weak I Big HB Lead Toss Weak</t>
   </si>
@@ -1502,51 +1502,51 @@
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>2-1-K.C 29 (13:35) 5-Royce Ohara pass Pass knocked down by 95-Johnny Neely. incomplete, intended for 32-Glenn Howard.</t>
   </si>
   <si>
     <t>13:30</t>
   </si>
   <si>
     <t>Shotgun Normal HB Dive</t>
   </si>
   <si>
     <t>3-1-K.C 29 (13:31) 38-Angel Collins ran to K.C 22 for 7 yards. Tackle by 41-Kenneth Miller.</t>
   </si>
   <si>
     <t>12:52</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>1-10-K.C 22 (12:51) 5-Royce Ohara pass incomplete, intended for 84-Jonathan Manley.</t>
   </si>
   <si>
-    <t>#44 Joshua Hanna - CB</t>
+    <t>#27 Joshua Hanna - CB</t>
   </si>
   <si>
     <t>12:48</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>2-10-K.C 22 (12:49) 5-Royce Ohara pass complete to 88-Mike Schulze to K.C 8 for 13 yards. Tackle by 46-Robert Anderson. 88-Mike Schulze did some fancy footwork there.</t>
   </si>
   <si>
     <t>12:13</t>
   </si>
   <si>
     <t>K.C 8</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>1-8-K.C 8 (12:12) 5-Royce Ohara pass Pass knocked down by 45-Charles Toscano. incomplete, intended for 32-Glenn Howard.</t>
   </si>
   <si>
     <t>12:09</t>
   </si>