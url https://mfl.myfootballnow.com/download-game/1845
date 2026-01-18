--- v1 (2025-12-19)
+++ v2 (2026-01-18)
@@ -284,51 +284,51 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>K.C has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>OKC</t>
   </si>
   <si>
     <t>OKC 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 8-John Kim kicks 75 yards from OKC 35 to K.C -10. Touchback.</t>
   </si>
   <si>
     <t>#81 Kenneth Stalker - WR</t>
   </si>
   <si>
-    <t>#59 Bruce Levy - MLB</t>
+    <t>#59 Bruce Levy - SLB</t>
   </si>
   <si>
     <t>#45 Charles Toscano - CB</t>
   </si>
   <si>
     <t>#57 Scott Oneil - WLB</t>
   </si>
   <si>
     <t>#69 Michael Alphin - DT</t>
   </si>
   <si>
     <t>#67 Stanley Wood - DT</t>
   </si>
   <si>
     <t>#29 Randy Topp - CB</t>
   </si>
   <si>
     <t>#93 Gilbert Flores - RDE</t>
   </si>
   <si>
     <t>#95 Johnny Neely - MLB</t>
   </si>
   <si>
     <t>#96 Burton Deangelis - SLB</t>
   </si>
@@ -356,51 +356,51 @@
   <si>
     <t>#1 Steven Herrera - QB</t>
   </si>
   <si>
     <t>#47 Randy Dennis - RB</t>
   </si>
   <si>
     <t>#43 Danny Freeman - FB</t>
   </si>
   <si>
     <t>#86 Henry Moore - TE</t>
   </si>
   <si>
     <t>#85 Mike Anton - WR</t>
   </si>
   <si>
     <t>#11 James Lindgren - WR</t>
   </si>
   <si>
     <t>#68 Christopher Briggs - LT</t>
   </si>
   <si>
     <t>#50 Eric Newby - RG</t>
   </si>
   <si>
-    <t>#68 Travis Mendez - C</t>
+    <t>#54 Travis Mendez - C</t>
   </si>
   <si>
     <t>#66 Chris Smith - RG</t>
   </si>
   <si>
     <t>#79 Charles Daniel - RT</t>
   </si>
   <si>
     <t>#97 Taylor Camacho - LDE</t>
   </si>
   <si>
     <t>#93 Herbert Murphy - DT</t>
   </si>
   <si>
     <t>#65 Robert Lawrence - DT</t>
   </si>
   <si>
     <t>#91 Javier Blair - RDE</t>
   </si>
   <si>
     <t>#56 Frederick Ledezma - WLB</t>
   </si>
   <si>
     <t>#51 Robert Bouchard - WLB</t>
   </si>
@@ -557,51 +557,51 @@
   <si>
     <t>#7 Royce Ohara - QB</t>
   </si>
   <si>
     <t>#40 Roger Rose - FB</t>
   </si>
   <si>
     <t>#29 Jonathan Manley - FB</t>
   </si>
   <si>
     <t>#57 Kenneth Hodges - LT</t>
   </si>
   <si>
     <t>#57 Dennis Kirkpatrick - RG</t>
   </si>
   <si>
     <t>#60 Elvin Parra - C</t>
   </si>
   <si>
     <t>#45 Steve Braxton - RG</t>
   </si>
   <si>
     <t>#58 James Perez - DT</t>
   </si>
   <si>
-    <t>#73 Jeffrey Wetter - DT</t>
+    <t>#65 Jeffrey Wetter - DT</t>
   </si>
   <si>
     <t>#54 Romeo Valentine - WLB</t>
   </si>
   <si>
     <t>#46 Robert Anderson - CB</t>
   </si>
   <si>
     <t>#27 Kenneth Miller - SS</t>
   </si>
   <si>
     <t>#42 Dennis Lopez - FS</t>
   </si>
   <si>
     <t>11:04</t>
   </si>
   <si>
     <t>2-10-OKC 9 (11:03) 5-Royce Ohara pass complete to 88-Mike Schulze to OKC 26 for 16 yards. Tackle by 41-Kenneth Miller. 88-Mike Schulze did some fancy footwork there.</t>
   </si>
   <si>
     <t>#19 Gary Isom - WR</t>
   </si>
   <si>
     <t>#74 David Hafer - RDE</t>
   </si>