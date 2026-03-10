--- v2 (2026-01-18)
+++ v3 (2026-03-10)
@@ -389,57 +389,57 @@
   <si>
     <t>#97 Taylor Camacho - LDE</t>
   </si>
   <si>
     <t>#93 Herbert Murphy - DT</t>
   </si>
   <si>
     <t>#65 Robert Lawrence - DT</t>
   </si>
   <si>
     <t>#91 Javier Blair - RDE</t>
   </si>
   <si>
     <t>#56 Frederick Ledezma - WLB</t>
   </si>
   <si>
     <t>#51 Robert Bouchard - WLB</t>
   </si>
   <si>
     <t>#50 James Grubbs - WLB</t>
   </si>
   <si>
     <t>#46 Antonio Lin - CB</t>
   </si>
   <si>
-    <t>#49 Michael Draper - CB</t>
+    <t>#34 Michael Draper - CB</t>
   </si>
   <si>
     <t>#36 Thomas Cooper - CB</t>
   </si>
   <si>
-    <t>#48 Jim Westman - FS</t>
+    <t>#39 Jim Westman - FS</t>
   </si>
   <si>
     <t>14:27</t>
   </si>
   <si>
     <t>K.C 26</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>2-9-K.C 26 (14:26) 1-Steven Herrera pass Pass knocked down by 44-Nolan Thompson. incomplete, intended for 18-Michael Litz. 44-Nolan Thompson got away with a hold on that play.</t>
   </si>
   <si>
     <t>#18 Michael Litz - WR</t>
   </si>
   <si>
     <t>#36 Nolan Thompson - CB</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
@@ -545,75 +545,75 @@
   <si>
     <t>OKC 9</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-OKC 9 (11:39) 38-Angel Collins ran to OKC 9 for a short gain. Tackle by 42-Dennis Lopez.</t>
   </si>
   <si>
     <t>#7 Royce Ohara - QB</t>
   </si>
   <si>
     <t>#40 Roger Rose - FB</t>
   </si>
   <si>
     <t>#29 Jonathan Manley - FB</t>
   </si>
   <si>
     <t>#57 Kenneth Hodges - LT</t>
   </si>
   <si>
-    <t>#57 Dennis Kirkpatrick - RG</t>
+    <t>#70 Dennis Kirkpatrick - RG</t>
   </si>
   <si>
     <t>#60 Elvin Parra - C</t>
   </si>
   <si>
     <t>#45 Steve Braxton - RG</t>
   </si>
   <si>
     <t>#58 James Perez - DT</t>
   </si>
   <si>
     <t>#65 Jeffrey Wetter - DT</t>
   </si>
   <si>
     <t>#54 Romeo Valentine - WLB</t>
   </si>
   <si>
     <t>#46 Robert Anderson - CB</t>
   </si>
   <si>
     <t>#27 Kenneth Miller - SS</t>
   </si>
   <si>
-    <t>#42 Dennis Lopez - FS</t>
+    <t>#25 Dennis Lopez - FS</t>
   </si>
   <si>
     <t>11:04</t>
   </si>
   <si>
     <t>2-10-OKC 9 (11:03) 5-Royce Ohara pass complete to 88-Mike Schulze to OKC 26 for 16 yards. Tackle by 41-Kenneth Miller. 88-Mike Schulze did some fancy footwork there.</t>
   </si>
   <si>
     <t>#19 Gary Isom - WR</t>
   </si>
   <si>
     <t>#74 David Hafer - RDE</t>
   </si>
   <si>
     <t>10:24</t>
   </si>
   <si>
     <t>OKC 26</t>
   </si>
   <si>
     <t>Weak I Big HB Lead Toss Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>