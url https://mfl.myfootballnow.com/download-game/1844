--- v0 (2025-10-16)
+++ v1 (2025-12-31)
@@ -299,93 +299,93 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 6-Jake Akers kicks 73 yards from AZR 35 to S.D -8. 33-William Williams to S.D 21 for 29 yards. Tackle by 90-Earnest July. 34-Andy Russell totally missed that block.</t>
   </si>
   <si>
     <t>#33 William Williams - RB</t>
   </si>
   <si>
     <t>#23 Adolfo Allison - CB</t>
   </si>
   <si>
     <t>#24 Michael Johnson - CB</t>
   </si>
   <si>
     <t>#57 Andy Russell - MLB</t>
   </si>
   <si>
     <t>#42 Chad Cota - SS</t>
   </si>
   <si>
     <t>#25 Justin Stiffler - CB</t>
   </si>
   <si>
-    <t>#31 Jackie Murphy - CB</t>
-[...2 lines deleted...]
-    <t>#55 Pedro Roy - WLB</t>
+    <t>#20 Jackie Murphy - CB</t>
+  </si>
+  <si>
+    <t>#59 Pedro Roy - WLB</t>
   </si>
   <si>
     <t>#53 Ryan Willhite - MLB</t>
   </si>
   <si>
     <t>#50 Daniel Bunyard - MLB</t>
   </si>
   <si>
     <t>#95 Larry Paredes - LDE</t>
   </si>
   <si>
     <t>#6 Jake Akers - K</t>
   </si>
   <si>
     <t>S.D</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>S.D 21</t>
   </si>
   <si>
     <t>Shotgun 5 Wide Parallel Slants</t>
   </si>
   <si>
     <t>Quarter Normal Man Short Zone</t>
   </si>
   <si>
     <t>1-10-S.D 21 (14:56) 7-John Maness pass complete to 12-Laurence Eberhard to S.D 24 for 3 yards. Tackle by 31-Edward Starkey.</t>
   </si>
   <si>
     <t>#7 John Maness - QB</t>
   </si>
   <si>
     <t>#14 Robert Compton - WR</t>
   </si>
   <si>
-    <t>#13 Jeff McKnight - WR</t>
+    <t>#14 Jeff McKnight - WR</t>
   </si>
   <si>
     <t>#13 Bart Anderson - WR</t>
   </si>
   <si>
     <t>#16 Warren Colangelo - WR</t>
   </si>
   <si>
     <t>#12 Laurence Eberhard - WR</t>
   </si>
   <si>
     <t>#76 Crush Collision - LT</t>
   </si>
   <si>
     <t>#77 John Passmore - LG</t>
   </si>
   <si>
     <t>#56 Thomas Evans - C</t>
   </si>
   <si>
     <t>#67 Glenn Kent - RG</t>
   </si>
   <si>
     <t>#71 Trent Brown - RT</t>
   </si>
@@ -731,51 +731,51 @@
   <si>
     <t>8:59</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-9-AZR 26 (9:00) 5-James Addy punts 47 yards to S.D 27. Fair Catch by 33-William Williams.</t>
   </si>
   <si>
     <t>#5 James Addy - P</t>
   </si>
   <si>
     <t>#71 John Dewitt - RT</t>
   </si>
   <si>
     <t>#60 Jonathan Perry - LT</t>
   </si>
   <si>
     <t>#76 John Rinehart - RG</t>
   </si>
   <si>
-    <t>#97 Gustavo Gove - LDE</t>
+    <t>#98 Gustavo Gove - LDE</t>
   </si>
   <si>
     <t>8:52</t>
   </si>
   <si>
     <t>S.D 27</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>1-10-S.D 27 (8:53) 7-John Maness pass Pass knocked down by 47-James Jeremiah. incomplete, intended for 13-Jeff McKnight.</t>
   </si>
   <si>
     <t>8:49</t>
   </si>
   <si>
     <t>2-10-S.D 27 (8:50) 7-John Maness pass Pass knocked down by 94-Stephen Lopez. incomplete, intended for 87-Justin Burrows.</t>
   </si>
   <si>
     <t>8:46</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>