--- v1 (2025-12-31)
+++ v2 (2026-02-01)
@@ -584,78 +584,78 @@
   <si>
     <t>2-1-AZR 3 (9:54) 7-John Maness pass complete to 18-Desmond Decker for 3 yards. TOUCHDOWN! AZR 0 S.D 6</t>
   </si>
   <si>
     <t>#89 Desmond Decker - WR</t>
   </si>
   <si>
     <t>9:50</t>
   </si>
   <si>
     <t>AZR 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(9:51) Extra point by 4-Leroy Stewart is NO GOOD. (Wide Right)</t>
   </si>
   <si>
     <t>#6 Johnny Cotter - P</t>
   </si>
   <si>
-    <t>#77 Kenneth Bailey - RT</t>
+    <t>#58 Kenneth Bailey - RT</t>
   </si>
   <si>
     <t>#4 Leroy Stewart - K</t>
   </si>
   <si>
     <t>#75 Fausto Johnson - RT</t>
   </si>
   <si>
     <t>#70 Andrew Jones - RG</t>
   </si>
   <si>
     <t>#69 Andre Putney - LG</t>
   </si>
   <si>
     <t>#98 Derek Watson - LDE</t>
   </si>
   <si>
     <t>#58 Francis McDaniel - WLB</t>
   </si>
   <si>
     <t>S.D 35</t>
   </si>
   <si>
     <t>(9:51) 4-Leroy Stewart kicks 70 yards from S.D 35 to AZR -5. Touchback.</t>
   </si>
   <si>
-    <t>#45 Paul Johnson - RB</t>
+    <t>#21 Paul Johnson - RB</t>
   </si>
   <si>
     <t>#4 Patrick Keller - QB</t>
   </si>
   <si>
     <t>AZR 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-AZR 25 (9:51) 21-David Bell ran to AZR 26 for 1 yards. Tackle by 96-Steve McMurray.</t>
   </si>
   <si>
     <t>#4 Duane Sheffield - QB</t>
   </si>
   <si>
     <t>#21 David Bell - RB</t>
   </si>
   <si>
     <t>#11 Enrique Clark - WR</t>
   </si>