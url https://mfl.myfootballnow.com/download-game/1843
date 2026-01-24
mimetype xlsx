--- v0 (2025-10-26)
+++ v1 (2026-01-24)
@@ -284,66 +284,66 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>STL has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>WSH</t>
   </si>
   <si>
     <t>WSH 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 9-Pat Lamb kicks 66 yards from WSH 35 to STL -1. Touchback.</t>
   </si>
   <si>
     <t>#32 James Perkins - RB</t>
   </si>
   <si>
-    <t>#91 Nicholas Webb - MLB</t>
+    <t>#55 Nicholas Webb - MLB</t>
   </si>
   <si>
     <t>#93 Craig Montgomery - WLB</t>
   </si>
   <si>
-    <t>#96 Bruce Waddington - RDE</t>
+    <t>#96 Bruce Waddington - LDE</t>
   </si>
   <si>
     <t>#35 John Edwards - CB</t>
   </si>
   <si>
     <t>#41 Blaine Archibald - FS</t>
   </si>
   <si>
-    <t>#92 Taylor Hall - WLB</t>
+    <t>#42 Taylor Hall - SLB</t>
   </si>
   <si>
     <t>#47 James Rodriguez - SS</t>
   </si>
   <si>
     <t>#61 Archie Hurlburt - DT</t>
   </si>
   <si>
     <t>#94 William Walls - MLB</t>
   </si>
   <si>
     <t>#77 Johnnie Lanza - RDE</t>
   </si>
   <si>
     <t>#9 Pat Lamb - K</t>
   </si>
   <si>
     <t>STL</t>
   </si>
   <si>
     <t>STL 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
@@ -368,63 +368,63 @@
   <si>
     <t>#83 Arthur Martin - WR</t>
   </si>
   <si>
     <t>#86 Michael Dimmick - WR</t>
   </si>
   <si>
     <t>#79 Kevin Peterson - LT</t>
   </si>
   <si>
     <t>#69 Alan Johnson - LG</t>
   </si>
   <si>
     <t>#79 Floyd Kozak - C</t>
   </si>
   <si>
     <t>#78 James Johnson - RG</t>
   </si>
   <si>
     <t>#76 Christopher Wray - RT</t>
   </si>
   <si>
     <t>#97 Allen Griffin - LDE</t>
   </si>
   <si>
-    <t>#96 James Lloyd - DT</t>
+    <t>#96 James Lloyd - RDE</t>
   </si>
   <si>
     <t>#64 Rodney Lester - RDE</t>
   </si>
   <si>
-    <t>#54 Prince Pearce - SLB</t>
+    <t>#54 Prince Pearce - MLB</t>
   </si>
   <si>
     <t>#98 Richard Sikes - MLB</t>
   </si>
   <si>
-    <t>#56 Robert Clark - WLB</t>
+    <t>#29 Robert Clark - CB</t>
   </si>
   <si>
     <t>#30 Nelson Avery - CB</t>
   </si>
   <si>
     <t>#36 Cory Borton - CB</t>
   </si>
   <si>
     <t>#27 Joseph Parham - CB</t>
   </si>
   <si>
     <t>#25 Frank Stephan - SS</t>
   </si>
   <si>
     <t>#33 Casey Spann - FS</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>STL 35</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
@@ -437,57 +437,57 @@
   <si>
     <t>#44 Michael Balfour - FB</t>
   </si>
   <si>
     <t>#82 Micheal Vance - TE</t>
   </si>
   <si>
     <t>#56 James Malone - MLB</t>
   </si>
   <si>
     <t>13:39</t>
   </si>
   <si>
     <t>STL 49</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-STL 49 (13:38) 11-Ernest German ran to STL 50 for 1 yards. Tackle by 59-Max Martin.</t>
   </si>
   <si>
-    <t>#83 Gregory Berry - TE</t>
+    <t>#43 Gregory Berry - FB</t>
   </si>
   <si>
     <t>#73 Max Martin - DT</t>
   </si>
   <si>
-    <t>#93 Douglas Yang - DT</t>
+    <t>#94 Douglas Yang - DT</t>
   </si>
   <si>
     <t>13:00</t>
   </si>
   <si>
     <t>STL 50</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-9-STL 50 (12:59) 6-Howard Gann pass complete to 85-David Whitworth to WSH 42 for 9 yards. Tackle by 30-Nelson Avery.</t>
   </si>
   <si>
     <t>12:16</t>
   </si>
   <si>
     <t>WSH 42</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
@@ -572,96 +572,96 @@
   <si>
     <t>WSH 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(8:52) Extra point GOOD by 19-Leroy Rule. WSH 0 STL 7</t>
   </si>
   <si>
     <t>#8 Jerry Bryant - QB</t>
   </si>
   <si>
     <t>#19 Leroy Rule - K</t>
   </si>
   <si>
     <t>#76 Edward Nishimura - C</t>
   </si>
   <si>
     <t>#76 Thomas Miller - RG</t>
   </si>
   <si>
-    <t>#58 Michael Ward - RG</t>
+    <t>#72 Michael Ward - RG</t>
   </si>
   <si>
     <t>#92 Dwight Peek - WLB</t>
   </si>
   <si>
     <t>#97 Gerald Luu - WLB</t>
   </si>
   <si>
     <t>#92 Norman Johnson - DT</t>
   </si>
   <si>
     <t>#70 Walter Casey - RDE</t>
   </si>
   <si>
     <t>(8:52) 19-Leroy Rule kicks 75 yards from STL 35 to WSH -10. Touchback.</t>
   </si>
   <si>
     <t>#28 Mauricio Morell - RB</t>
   </si>
   <si>
     <t>#17 Steven Jamison - WR</t>
   </si>
   <si>
     <t>WSH 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-WSH 25 (8:52) 28-Dan Griffin ran to WSH 35 for 10 yards. Tackle by 27-James Rodriguez.</t>
   </si>
   <si>
-    <t>#12 Terry Sanders - QB</t>
+    <t>#8 Terry Sanders - QB</t>
   </si>
   <si>
     <t>#49 Dan Griffin - RB</t>
   </si>
   <si>
     <t>#88 Ahmad Perez - TE</t>
   </si>
   <si>
-    <t>#89 Dusty Hoelscher - WR</t>
+    <t>#15 Dusty Hoelscher - WR</t>
   </si>
   <si>
     <t>#16 Roger Schuster - WR</t>
   </si>
   <si>
     <t>#10 Lionel Lewis - WR</t>
   </si>
   <si>
     <t>#78 Shane Macfarlane - LT</t>
   </si>
   <si>
     <t>#73 Willie Travis - LG</t>
   </si>
   <si>
     <t>#63 Floyd Jones - C</t>
   </si>
   <si>
     <t>#75 Jack Pelletier - RG</t>
   </si>
   <si>
     <t>#68 David Partida - RT</t>
   </si>
   <si>
     <t>#91 Eric Hensel - DT</t>
   </si>
@@ -2110,51 +2110,51 @@
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CD149"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="317.208" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="28.136" bestFit="true" customWidth="true" style="0"/>
@@ -2172,51 +2172,51 @@
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="75" max="75" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="75" max="75" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="26.993" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>