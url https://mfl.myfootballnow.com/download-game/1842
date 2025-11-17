--- v0 (2025-10-19)
+++ v1 (2025-11-17)
@@ -626,51 +626,51 @@
   <si>
     <t>#52 Harold Guest - RG</t>
   </si>
   <si>
     <t>#56 Timothy Witham - C</t>
   </si>
   <si>
     <t>#61 William Welliver - LT</t>
   </si>
   <si>
     <t>#35 Jeffery Matthews - SS</t>
   </si>
   <si>
     <t>NSH 35</t>
   </si>
   <si>
     <t>(7:40) 2-Melvin Ulrey kicks 60 yards from NSH 35 to MEM 5. 30-Ryan Stewart to MEM 31 for 26 yards. Tackle by 30-John Morrison.</t>
   </si>
   <si>
     <t>#36 Ryan Stewart - RB</t>
   </si>
   <si>
     <t>#82 James Jones - WR</t>
   </si>
   <si>
-    <t>#59 Joseph Wyatt - C</t>
+    <t>#69 Joseph Wyatt - LG</t>
   </si>
   <si>
     <t>#13 Steve Vincent - WR</t>
   </si>
   <si>
     <t>7:33</t>
   </si>
   <si>
     <t>MEM 31</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-MEM 31 (7:34) 9-Frank Grayson pass complete to 23-Philip Bull to MEM 33 for 2 yards. Tackle by 57-Brandon Gallant.</t>
   </si>
   <si>
     <t>#9 Frank Grayson - QB</t>
   </si>
   <si>
     <t>#32 Joe Myers - RB</t>
   </si>
@@ -989,51 +989,51 @@
   <si>
     <t>11:50</t>
   </si>
   <si>
     <t>(11:51) 2-Melvin Ulrey kicks 71 yards from NSH 35 to MEM -6. 30-Ryan Stewart to MEM 33 for 38 yards. Tackle by 2-Melvin Ulrey. NSH 58-Jeffrey Hill was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>11:43</t>
   </si>
   <si>
     <t>Singleback 4 Wide Post and Curls</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-MEM 33 (11:44) 9-Frank Grayson pass complete to 11-Scott Allan to MEM 42 for 9 yards. Tackle by 41-Christopher Desilva. 11-Scott Allan did some fancy footwork there.</t>
   </si>
   <si>
     <t>#10 Harold Hodge - WR</t>
   </si>
   <si>
     <t>#86 Karl Kong - WR</t>
   </si>
   <si>
-    <t>#56 Evan Linger - MLB</t>
+    <t>#56 Evan Linger - SLB</t>
   </si>
   <si>
     <t>#31 David Donovan - SS</t>
   </si>
   <si>
     <t>11:10</t>
   </si>
   <si>
     <t>MEM 42</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>2-1-MEM 42 (11:09) 30-Ryan Stewart ran to MEM 41 for a short loss. Tackle by 68-Kyle Baltimore.</t>
   </si>
   <si>
     <t>10:25</t>
   </si>
   <si>
     <t>MEM 41</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>