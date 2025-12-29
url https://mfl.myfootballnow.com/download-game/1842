--- v1 (2025-11-17)
+++ v2 (2025-12-29)
@@ -311,51 +311,51 @@
   <si>
     <t>#71 Jose Bing - RDE</t>
   </si>
   <si>
     <t>#77 Brandon Gallant - RDE</t>
   </si>
   <si>
     <t>#36 Horace Street - FS</t>
   </si>
   <si>
     <t>#90 Kyle Baltimore - LDE</t>
   </si>
   <si>
     <t>#30 John Morrison - RB</t>
   </si>
   <si>
     <t>#28 Tyrone Harrison - FS</t>
   </si>
   <si>
     <t>#60 Matthew Bellamy - DT</t>
   </si>
   <si>
     <t>#98 John Dejong - MLB</t>
   </si>
   <si>
-    <t>#58 Jeffrey Hill - MLB</t>
+    <t>#37 Jeffrey Hill - WLB</t>
   </si>
   <si>
     <t>#1 Michael Gray - K</t>
   </si>
   <si>
     <t>NSH</t>
   </si>
   <si>
     <t>NSH 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-NSH 25 (15:00) 30-John Morrison ran to NSH 31 for 6 yards. Tackle by 35-Peter Scott.</t>
   </si>
   <si>
     <t>#18 Ernest Bullion - QB</t>
   </si>
   <si>
     <t>#33 Joseph Black - FB</t>
   </si>
@@ -380,51 +380,51 @@
   <si>
     <t>#78 Thomas Wang - RT</t>
   </si>
   <si>
     <t>#68 Dennis Muncy - LDE</t>
   </si>
   <si>
     <t>#66 Brent Savage - RDE</t>
   </si>
   <si>
     <t>#99 Frances Vaughn - DT</t>
   </si>
   <si>
     <t>#47 Ralph Jackson - FS</t>
   </si>
   <si>
     <t>#92 Joshua Oliver - LDE</t>
   </si>
   <si>
     <t>#42 William Johnson - SLB</t>
   </si>
   <si>
     <t>#57 Charles Dilworth - MLB</t>
   </si>
   <si>
-    <t>#93 Carey Johnson - WLB</t>
+    <t>#57 Carey Johnson - WLB</t>
   </si>
   <si>
     <t>#45 Terry Davidson - CB</t>
   </si>
   <si>
     <t>#35 Peter Scott - CB</t>
   </si>
   <si>
     <t>#33 Paul Williams - SS</t>
   </si>
   <si>
     <t>14:25</t>
   </si>
   <si>
     <t>NSH 31</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-4-NSH 31 (14:24) 1-Ernest Bullion pass Pass knocked down by 45-Terry Davidson. incomplete, intended for 10-David Noble. Pressure by 95-Dennis Muncy.</t>
   </si>
@@ -605,51 +605,51 @@
   <si>
     <t>Nickel Blitz Triple CB Blitz</t>
   </si>
   <si>
     <t>2-6-MEM 6 (7:42) 1-Ernest Bullion pass complete to 89-Jason Aaron for 6 yards. TOUCHDOWN! MEM 0 NSH 6</t>
   </si>
   <si>
     <t>7:39</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(7:40) Extra point GOOD by 2-Melvin Ulrey. MEM 0 NSH 7</t>
   </si>
   <si>
     <t>#2 Melvin Ulrey - K</t>
   </si>
   <si>
     <t>#52 Harold Guest - RG</t>
   </si>
   <si>
-    <t>#56 Timothy Witham - C</t>
+    <t>#65 Timothy Witham - C</t>
   </si>
   <si>
     <t>#61 William Welliver - LT</t>
   </si>
   <si>
     <t>#35 Jeffery Matthews - SS</t>
   </si>
   <si>
     <t>NSH 35</t>
   </si>
   <si>
     <t>(7:40) 2-Melvin Ulrey kicks 60 yards from NSH 35 to MEM 5. 30-Ryan Stewart to MEM 31 for 26 yards. Tackle by 30-John Morrison.</t>
   </si>
   <si>
     <t>#36 Ryan Stewart - RB</t>
   </si>
   <si>
     <t>#82 James Jones - WR</t>
   </si>
   <si>
     <t>#69 Joseph Wyatt - LG</t>
   </si>
   <si>
     <t>#13 Steve Vincent - WR</t>
   </si>