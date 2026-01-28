--- v2 (2025-12-29)
+++ v3 (2026-01-28)
@@ -302,51 +302,51 @@
   <si>
     <t>(15:00) 1-Michael Gray kicks 73 yards from MEM 35 to NSH -8. Touchback.</t>
   </si>
   <si>
     <t>#43 Fred Tucker - RB</t>
   </si>
   <si>
     <t>#99 Michael Blanco - WLB</t>
   </si>
   <si>
     <t>#71 Jose Bing - RDE</t>
   </si>
   <si>
     <t>#77 Brandon Gallant - RDE</t>
   </si>
   <si>
     <t>#36 Horace Street - FS</t>
   </si>
   <si>
     <t>#90 Kyle Baltimore - LDE</t>
   </si>
   <si>
     <t>#30 John Morrison - RB</t>
   </si>
   <si>
-    <t>#28 Tyrone Harrison - FS</t>
+    <t>#40 Tyrone Harrison - FS</t>
   </si>
   <si>
     <t>#60 Matthew Bellamy - DT</t>
   </si>
   <si>
     <t>#98 John Dejong - MLB</t>
   </si>
   <si>
     <t>#37 Jeffrey Hill - WLB</t>
   </si>
   <si>
     <t>#1 Michael Gray - K</t>
   </si>
   <si>
     <t>NSH</t>
   </si>
   <si>
     <t>NSH 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
@@ -452,51 +452,51 @@
   <si>
     <t>3-4-NSH 31 (14:20) 30-John Morrison ran to NSH 43 for 11 yards. Tackle by 47-Ralph Jackson.</t>
   </si>
   <si>
     <t>13:42</t>
   </si>
   <si>
     <t>NSH 43</t>
   </si>
   <si>
     <t>Shotgun Normal Short Attack</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-NSH 43 (13:41) 1-Ernest Bullion pass complete to 17-Greg Smith to MEM 50 for 7 yards. Tackle by 57-Charles Dilworth.</t>
   </si>
   <si>
     <t>#27 Jack Bridge - RB</t>
   </si>
   <si>
     <t>#86 Pierre Jackson - WR</t>
   </si>
   <si>
-    <t>#20 Isaac Baker - CB</t>
+    <t>#29 Isaac Baker - CB</t>
   </si>
   <si>
     <t>#35 Joseph Cleveland - CB</t>
   </si>
   <si>
     <t>#22 Ryan Short - FS</t>
   </si>
   <si>
     <t>13:00</t>
   </si>
   <si>
     <t>MEM 50</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>2-3-MEM 50 (12:59) 27-Jack Bridge ran to MEM 47 for 3 yards. Tackle by 93-Carey Johnson.</t>
   </si>
   <si>
     <t>12:16</t>
   </si>