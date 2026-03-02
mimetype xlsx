--- v3 (2026-01-28)
+++ v4 (2026-03-02)
@@ -293,51 +293,51 @@
   <si>
     <t>MEM 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 1-Michael Gray kicks 73 yards from MEM 35 to NSH -8. Touchback.</t>
   </si>
   <si>
     <t>#43 Fred Tucker - RB</t>
   </si>
   <si>
     <t>#99 Michael Blanco - WLB</t>
   </si>
   <si>
     <t>#71 Jose Bing - RDE</t>
   </si>
   <si>
     <t>#77 Brandon Gallant - RDE</t>
   </si>
   <si>
-    <t>#36 Horace Street - FS</t>
+    <t>#40 Horace Street - FS</t>
   </si>
   <si>
     <t>#90 Kyle Baltimore - LDE</t>
   </si>
   <si>
     <t>#30 John Morrison - RB</t>
   </si>
   <si>
     <t>#40 Tyrone Harrison - FS</t>
   </si>
   <si>
     <t>#60 Matthew Bellamy - DT</t>
   </si>
   <si>
     <t>#98 John Dejong - MLB</t>
   </si>
   <si>
     <t>#37 Jeffrey Hill - WLB</t>
   </si>
   <si>
     <t>#1 Michael Gray - K</t>
   </si>
   <si>
     <t>NSH</t>
   </si>
@@ -371,69 +371,69 @@
   <si>
     <t>#65 Johnny Conway - LG</t>
   </si>
   <si>
     <t>#73 Pat Criddle - C</t>
   </si>
   <si>
     <t>#76 John Weis - RG</t>
   </si>
   <si>
     <t>#78 Thomas Wang - RT</t>
   </si>
   <si>
     <t>#68 Dennis Muncy - LDE</t>
   </si>
   <si>
     <t>#66 Brent Savage - RDE</t>
   </si>
   <si>
     <t>#99 Frances Vaughn - DT</t>
   </si>
   <si>
     <t>#47 Ralph Jackson - FS</t>
   </si>
   <si>
-    <t>#92 Joshua Oliver - LDE</t>
+    <t>#57 Joshua Oliver - LDE</t>
   </si>
   <si>
     <t>#42 William Johnson - SLB</t>
   </si>
   <si>
     <t>#57 Charles Dilworth - MLB</t>
   </si>
   <si>
     <t>#57 Carey Johnson - WLB</t>
   </si>
   <si>
     <t>#45 Terry Davidson - CB</t>
   </si>
   <si>
     <t>#35 Peter Scott - CB</t>
   </si>
   <si>
-    <t>#33 Paul Williams - SS</t>
+    <t>#33 Paul Williams - FS</t>
   </si>
   <si>
     <t>14:25</t>
   </si>
   <si>
     <t>NSH 31</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-4-NSH 31 (14:24) 1-Ernest Bullion pass Pass knocked down by 45-Terry Davidson. incomplete, intended for 10-David Noble. Pressure by 95-Dennis Muncy.</t>
   </si>
   <si>
     <t>#19 David Noble - WR</t>
   </si>
   <si>
     <t>#17 Greg Smith - WR</t>
   </si>
   <si>
     <t>#96 Ralph Groesbeck - MLB</t>
   </si>