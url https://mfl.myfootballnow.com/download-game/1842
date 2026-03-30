--- v4 (2026-03-02)
+++ v5 (2026-03-30)
@@ -305,102 +305,102 @@
   <si>
     <t>#43 Fred Tucker - RB</t>
   </si>
   <si>
     <t>#99 Michael Blanco - WLB</t>
   </si>
   <si>
     <t>#71 Jose Bing - RDE</t>
   </si>
   <si>
     <t>#77 Brandon Gallant - RDE</t>
   </si>
   <si>
     <t>#40 Horace Street - FS</t>
   </si>
   <si>
     <t>#90 Kyle Baltimore - LDE</t>
   </si>
   <si>
     <t>#30 John Morrison - RB</t>
   </si>
   <si>
     <t>#40 Tyrone Harrison - FS</t>
   </si>
   <si>
-    <t>#60 Matthew Bellamy - DT</t>
+    <t>#78 Matthew Bellamy - DT</t>
   </si>
   <si>
     <t>#98 John Dejong - MLB</t>
   </si>
   <si>
     <t>#37 Jeffrey Hill - WLB</t>
   </si>
   <si>
     <t>#1 Michael Gray - K</t>
   </si>
   <si>
     <t>NSH</t>
   </si>
   <si>
     <t>NSH 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-NSH 25 (15:00) 30-John Morrison ran to NSH 31 for 6 yards. Tackle by 35-Peter Scott.</t>
   </si>
   <si>
     <t>#18 Ernest Bullion - QB</t>
   </si>
   <si>
     <t>#33 Joseph Black - FB</t>
   </si>
   <si>
     <t>#89 Jason Aaron - TE</t>
   </si>
   <si>
     <t>#87 Clifford Laseter - TE</t>
   </si>
   <si>
     <t>#79 Willie Jones - LT</t>
   </si>
   <si>
     <t>#65 Johnny Conway - LG</t>
   </si>
   <si>
     <t>#73 Pat Criddle - C</t>
   </si>
   <si>
     <t>#76 John Weis - RG</t>
   </si>
   <si>
-    <t>#78 Thomas Wang - RT</t>
+    <t>#78 Thomas Wang - LT</t>
   </si>
   <si>
     <t>#68 Dennis Muncy - LDE</t>
   </si>
   <si>
     <t>#66 Brent Savage - RDE</t>
   </si>
   <si>
     <t>#99 Frances Vaughn - DT</t>
   </si>
   <si>
     <t>#47 Ralph Jackson - FS</t>
   </si>
   <si>
     <t>#57 Joshua Oliver - LDE</t>
   </si>
   <si>
     <t>#42 William Johnson - SLB</t>
   </si>
   <si>
     <t>#57 Charles Dilworth - MLB</t>
   </si>
   <si>
     <t>#57 Carey Johnson - WLB</t>
   </si>