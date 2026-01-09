--- v0 (2025-11-07)
+++ v1 (2026-01-09)
@@ -281,60 +281,60 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>TOR has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>E.P</t>
   </si>
   <si>
     <t>E.P 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 4-Bradford Pettus kicks 73 yards from E.P 35 to TOR -8. Touchback.</t>
   </si>
   <si>
-    <t>#40 Stephen Clifton - RB</t>
+    <t>#30 Stephen Clifton - RB</t>
   </si>
   <si>
     <t>#93 George Torres - MLB</t>
   </si>
   <si>
     <t>#98 Jesse Russo - WLB</t>
   </si>
   <si>
-    <t>#24 William Freeman - FS</t>
+    <t>#29 William Freeman - FS</t>
   </si>
   <si>
     <t>#96 Alexander Morales - RDE</t>
   </si>
   <si>
     <t>#31 Richard Cole - CB</t>
   </si>
   <si>
     <t>#99 Homer Williams - WLB</t>
   </si>
   <si>
     <t>#91 Kevin Mata - SLB</t>
   </si>
   <si>
     <t>#23 Jon Clark - CB</t>
   </si>
   <si>
     <t>#90 Patrick Lemon - SLB</t>
   </si>
   <si>
     <t>#28 Jonathon Morris - CB</t>
   </si>
   <si>
     <t>#4 Bradford Pettus - K</t>
   </si>
@@ -359,72 +359,72 @@
   <si>
     <t>#34 Edward Gallagher - RB</t>
   </si>
   <si>
     <t>#80 Bryan Johnson - FB</t>
   </si>
   <si>
     <t>#22 Danny Gray - FB</t>
   </si>
   <si>
     <t>#89 Paul Vanburen - TE</t>
   </si>
   <si>
     <t>#10 Ryan Sims - WR</t>
   </si>
   <si>
     <t>#79 Daniel George - LT</t>
   </si>
   <si>
     <t>#54 Scott Huddleston - LG</t>
   </si>
   <si>
     <t>#68 James Leppert - C</t>
   </si>
   <si>
-    <t>#64 Nick Reynolds - RG</t>
+    <t>#51 Nick Reynolds - RG</t>
   </si>
   <si>
     <t>#70 Ronald Kerr - RT</t>
   </si>
   <si>
     <t>#93 Jeff Weatherwax - LDE</t>
   </si>
   <si>
     <t>#57 Jordon Gray - LDE</t>
   </si>
   <si>
     <t>#92 Sackum Again - LDE</t>
   </si>
   <si>
     <t>#72 John Hiatt - LDE</t>
   </si>
   <si>
     <t>#70 Chris Zorich - RDE</t>
   </si>
   <si>
-    <t>#54 Stanley Sullivan - WLB</t>
+    <t>#99 Stanley Sullivan - WLB</t>
   </si>
   <si>
     <t>#96 Christopher Thomas - MLB</t>
   </si>
   <si>
     <t>#99 Kevin Campbell - SLB</t>
   </si>
   <si>
     <t>#47 Robert Miller - CB</t>
   </si>
   <si>
     <t>#21 James Knox - CB</t>
   </si>
   <si>
     <t>#42 Howard Debolt - FS</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>TOR 44</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
@@ -674,51 +674,51 @@
   <si>
     <t>#19 Gregory Henderson - SS</t>
   </si>
   <si>
     <t>8:04</t>
   </si>
   <si>
     <t>E.P 37</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>46 Normal Weak Blitz</t>
   </si>
   <si>
     <t>1-10-E.P 37 (8:03) 8-Maurice Nelson pass complete to 84-Kevin Smith to E.P 39 for 3 yards. Tackle by 19-Gregory Henderson.</t>
   </si>
   <si>
     <t>#3 Bernard Reder - RB</t>
   </si>
   <si>
     <t>#89 Bernard McChesney - TE</t>
   </si>
   <si>
-    <t>#94 Jason Allen - DT</t>
+    <t>#60 Jason Allen - DT</t>
   </si>
   <si>
     <t>7:22</t>
   </si>
   <si>
     <t>E.P 39</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>2-7-E.P 39 (7:21) 22-Dewitt Marchese ran to E.P 48 for 9 yards. Tackle by 24-William Freeman.</t>
   </si>
   <si>
     <t>6:37</t>
   </si>
   <si>
     <t>E.P 48</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>