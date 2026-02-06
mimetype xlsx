--- v1 (2026-01-09)
+++ v2 (2026-02-06)
@@ -302,51 +302,51 @@
   <si>
     <t>(15:00) 4-Bradford Pettus kicks 73 yards from E.P 35 to TOR -8. Touchback.</t>
   </si>
   <si>
     <t>#30 Stephen Clifton - RB</t>
   </si>
   <si>
     <t>#93 George Torres - MLB</t>
   </si>
   <si>
     <t>#98 Jesse Russo - WLB</t>
   </si>
   <si>
     <t>#29 William Freeman - FS</t>
   </si>
   <si>
     <t>#96 Alexander Morales - RDE</t>
   </si>
   <si>
     <t>#31 Richard Cole - CB</t>
   </si>
   <si>
     <t>#99 Homer Williams - WLB</t>
   </si>
   <si>
-    <t>#91 Kevin Mata - SLB</t>
+    <t>#50 Kevin Mata - SLB</t>
   </si>
   <si>
     <t>#23 Jon Clark - CB</t>
   </si>
   <si>
     <t>#90 Patrick Lemon - SLB</t>
   </si>
   <si>
     <t>#28 Jonathon Morris - CB</t>
   </si>
   <si>
     <t>#4 Bradford Pettus - K</t>
   </si>
   <si>
     <t>TOR</t>
   </si>
   <si>
     <t>TOR 25</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
@@ -380,81 +380,81 @@
   <si>
     <t>#68 James Leppert - C</t>
   </si>
   <si>
     <t>#51 Nick Reynolds - RG</t>
   </si>
   <si>
     <t>#70 Ronald Kerr - RT</t>
   </si>
   <si>
     <t>#93 Jeff Weatherwax - LDE</t>
   </si>
   <si>
     <t>#57 Jordon Gray - LDE</t>
   </si>
   <si>
     <t>#92 Sackum Again - LDE</t>
   </si>
   <si>
     <t>#72 John Hiatt - LDE</t>
   </si>
   <si>
     <t>#70 Chris Zorich - RDE</t>
   </si>
   <si>
-    <t>#99 Stanley Sullivan - WLB</t>
+    <t>#96 Stanley Sullivan - WLB</t>
   </si>
   <si>
     <t>#96 Christopher Thomas - MLB</t>
   </si>
   <si>
     <t>#99 Kevin Campbell - SLB</t>
   </si>
   <si>
     <t>#47 Robert Miller - CB</t>
   </si>
   <si>
     <t>#21 James Knox - CB</t>
   </si>
   <si>
     <t>#42 Howard Debolt - FS</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>TOR 44</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>1-10-TOR 44 (14:14) 34-Edward Gallagher ran to TOR 43 for -1 yards. Tackle by 50-Dennis Robinson.</t>
   </si>
   <si>
-    <t>#89 James Billings - TE</t>
+    <t>#49 James Billings - FB</t>
   </si>
   <si>
     <t>#95 James Lewis - RDE</t>
   </si>
   <si>
     <t>#48 Deon Sanders - CB</t>
   </si>
   <si>
     <t>#50 Dennis Robinson - MLB</t>
   </si>
   <si>
     <t>#52 Timothy Sims - SLB</t>
   </si>
   <si>
     <t>#1 Manny Ortega - CB</t>
   </si>
   <si>
     <t>#30 Jonathon Jackson - CB</t>
   </si>
   <si>
     <t>#31 Jacob Samuels - SS</t>
   </si>
   <si>
     <t>13:35</t>
   </si>
@@ -806,51 +806,51 @@
   <si>
     <t>2:26</t>
   </si>
   <si>
     <t>TOR 8</t>
   </si>
   <si>
     <t>4-1-TOR 8 (2:25) 4-Bradford Pettus 26 yard field goal is GOOD. TOR 7 E.P 3</t>
   </si>
   <si>
     <t>#78 Zack Martin - C</t>
   </si>
   <si>
     <t>#44 Gary Duquette - FB</t>
   </si>
   <si>
     <t>#77 Dillon Trent - LG</t>
   </si>
   <si>
     <t>#72 John Elliott - RT</t>
   </si>
   <si>
     <t>#55 Joe Chung - DT</t>
   </si>
   <si>
-    <t>#90 Anthony Doyle - LDE</t>
+    <t>#66 Anthony Doyle - LDE</t>
   </si>
   <si>
     <t>2:22</t>
   </si>
   <si>
     <t>(2:23) 4-Bradford Pettus kicks 74 yards from E.P 35 to TOR -9. Touchback.</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>1-10-TOR 25 (2:23) 34-Edward Gallagher ran to TOR 38 for 13 yards. Tackle by 41-Robert Miller.</t>
   </si>
   <si>
     <t>#43 Zackary George - CB</t>
   </si>
   <si>
     <t>1:40</t>
   </si>
   <si>
     <t>TOR 38</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>