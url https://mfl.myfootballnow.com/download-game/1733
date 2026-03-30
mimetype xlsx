--- v0 (2026-02-08)
+++ v1 (2026-03-30)
@@ -344,51 +344,51 @@
   <si>
     <t>WSH 25</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-WSH 25 (15:00) 8-Terry Sanders pass Pass knocked down by 32-Adam Weir. incomplete, intended for 88-Ahmad Perez.</t>
   </si>
   <si>
     <t>#8 Terry Sanders - QB</t>
   </si>
   <si>
     <t>#49 Dan Griffin - RB</t>
   </si>
   <si>
     <t>#45 Samuel Garcia - FB</t>
   </si>
   <si>
     <t>#88 Ahmad Perez - TE</t>
   </si>
   <si>
-    <t>#83 Jerome Bryant - TE</t>
+    <t>#84 Jerome Bryant - TE</t>
   </si>
   <si>
     <t>#78 Shane Macfarlane - LT</t>
   </si>
   <si>
     <t>#73 Willie Travis - LG</t>
   </si>
   <si>
     <t>#63 Floyd Jones - C</t>
   </si>
   <si>
     <t>#75 Jack Pelletier - RG</t>
   </si>
   <si>
     <t>#68 David Partida - RT</t>
   </si>
   <si>
     <t>#91 David Sanders - LDE</t>
   </si>
   <si>
     <t>#90 August Parker - DT</t>
   </si>
   <si>
     <t>#98 Russell Sears - DT</t>
   </si>
@@ -410,51 +410,51 @@
   <si>
     <t>#41 Joe Perkins - CB</t>
   </si>
   <si>
     <t>#43 Jose Cleveland - FS</t>
   </si>
   <si>
     <t>#8 Bobby Johnson - CB</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>2-10-WSH 25 (14:58) 8-Terry Sanders pass complete to 28-Dan Griffin to WSH 26 for 1 yards. Tackle by 27-Jesse Pope.</t>
   </si>
   <si>
     <t>#15 Dusty Hoelscher - WR</t>
   </si>
   <si>
     <t>#10 Lionel Lewis - WR</t>
   </si>
   <si>
-    <t>#52 Scott Reid - LDE</t>
+    <t>#68 Scott Reid - LDE</t>
   </si>
   <si>
     <t>#71 Danny Green - DT</t>
   </si>
   <si>
     <t>#93 Walter Fleet - SLB</t>
   </si>
   <si>
     <t>#46 Jose Curtis - MLB</t>
   </si>
   <si>
     <t>#93 Mark Zeller - WLB</t>
   </si>
   <si>
     <t>#40 Joseph Walden - CB</t>
   </si>
   <si>
     <t>#45 James Donovan - CB</t>
   </si>
   <si>
     <t>#27 Jesse Pope - SS</t>
   </si>
   <si>
     <t>#28 William Richardson - FS</t>
   </si>
@@ -497,51 +497,51 @@
   <si>
     <t>#83 Michael Wingard - TE</t>
   </si>
   <si>
     <t>#43 Duane Lane - RB</t>
   </si>
   <si>
     <t>#86 Timothy Damian - TE</t>
   </si>
   <si>
     <t>#19 William Harris - WR</t>
   </si>
   <si>
     <t>#55 Thomas Saenz - LT</t>
   </si>
   <si>
     <t>#68 Orville King - LG</t>
   </si>
   <si>
     <t>#70 Paul Foster - RT</t>
   </si>
   <si>
     <t>#54 Edward Dowling - RT</t>
   </si>
   <si>
-    <t>#65 Charles Wilhelm - RT</t>
+    <t>#74 Charles Wilhelm - RT</t>
   </si>
   <si>
     <t>#73 Max Martin - DT</t>
   </si>
   <si>
     <t>#96 James Lloyd - RDE</t>
   </si>
   <si>
     <t>#54 Prince Pearce - MLB</t>
   </si>
   <si>
     <t>#25 Frank Stephan - SS</t>
   </si>
   <si>
     <t>13:27</t>
   </si>
   <si>
     <t>WSH 28</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Man</t>
   </si>
@@ -698,51 +698,51 @@
   <si>
     <t>MMR 9</t>
   </si>
   <si>
     <t>Singleback Empty 4 Slot Crosses</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>2-3-MIL 9 (9:36) 9-John Frazier pass complete to 87-William Harris for 91 yards. TOUCHDOWN! MIL 9 WSH 0</t>
   </si>
   <si>
     <t>#27 Joseph Parham - CB</t>
   </si>
   <si>
     <t>9:22</t>
   </si>
   <si>
     <t>WSH 15</t>
   </si>
   <si>
     <t>(9:23) Extra point GOOD by 7-Eric Ross. MIL 10 WSH 0</t>
   </si>
   <si>
-    <t>#56 Michael Hemphill - C</t>
+    <t>#68 Michael Hemphill - C</t>
   </si>
   <si>
     <t>(9:23) 7-Eric Ross kicks 75 yards from MIL 35 to WSH -10. Touchback.</t>
   </si>
   <si>
     <t>Singleback Big HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-WSH 25 (9:23) 28-Dan Griffin ran to WSH 27 for 2 yards. Tackle by 53-Richard Allison.</t>
   </si>
   <si>
     <t>8:42</t>
   </si>
   <si>
     <t>WSH 27</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>2-8-WSH 27 (8:41) 28-Dan Griffin ran to WSH 32 for 5 yards. Tackle by 56-Mark Zeller.</t>
   </si>