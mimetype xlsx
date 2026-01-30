--- v0 (2025-11-02)
+++ v1 (2026-01-30)
@@ -311,129 +311,129 @@
   <si>
     <t>#82 James Jones - WR</t>
   </si>
   <si>
     <t>#27 Ismael Myers - CB</t>
   </si>
   <si>
     <t>#69 Joseph Wyatt - LG</t>
   </si>
   <si>
     <t>#35 Joseph Cleveland - CB</t>
   </si>
   <si>
     <t>#85 Timothy Miller - TE</t>
   </si>
   <si>
     <t>#92 Joshua Oliver - LDE</t>
   </si>
   <si>
     <t>#13 Steve Vincent - WR</t>
   </si>
   <si>
     <t>#66 Brent Savage - RDE</t>
   </si>
   <si>
-    <t>#20 Isaac Baker - CB</t>
+    <t>#29 Isaac Baker - CB</t>
   </si>
   <si>
     <t>#2 Earl Fielding - K</t>
   </si>
   <si>
     <t>MEM</t>
   </si>
   <si>
     <t>MEM 25</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-MEM 25 (15:00) 9-Frank Grayson sacked at MEM 21 for -4 yards (95-Johnny Neely). Sack allowed by 69-Joseph Wyatt.</t>
   </si>
   <si>
     <t>#9 Frank Grayson - QB</t>
   </si>
   <si>
-    <t>#48 Raymond Kincaid - TE</t>
+    <t>#48 Raymond Kincaid - FB</t>
   </si>
   <si>
     <t>#89 Ronald Schaefer - TE</t>
   </si>
   <si>
     <t>#15 Dale Foreman - WR</t>
   </si>
   <si>
     <t>#86 Karl Kong - WR</t>
   </si>
   <si>
     <t>#78 Billy Greer - RT</t>
   </si>
   <si>
     <t>#67 James Frazier - LG</t>
   </si>
   <si>
     <t>#74 Terry Rose - C</t>
   </si>
   <si>
     <t>#76 Robert Baxter - RT</t>
   </si>
   <si>
     <t>#58 James Perez - DT</t>
   </si>
   <si>
     <t>#67 Stanley Wood - DT</t>
   </si>
   <si>
-    <t>#73 Jeffrey Wetter - DT</t>
+    <t>#65 Jeffrey Wetter - DT</t>
   </si>
   <si>
     <t>#69 Michael Alphin - DT</t>
   </si>
   <si>
     <t>#96 Burton Deangelis - SLB</t>
   </si>
   <si>
     <t>#95 Johnny Neely - MLB</t>
   </si>
   <si>
     <t>#57 Scott Oneil - WLB</t>
   </si>
   <si>
     <t>#45 Charles Toscano - CB</t>
   </si>
   <si>
     <t>#46 Robert Anderson - CB</t>
   </si>
   <si>
-    <t>#41 Kenneth Miller - SS</t>
-[...2 lines deleted...]
-    <t>#42 Dennis Lopez - FS</t>
+    <t>#27 Kenneth Miller - SS</t>
+  </si>
+  <si>
+    <t>#25 Dennis Lopez - FS</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>MEM 21</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>2-14-MEM 21 (14:16) 9-Frank Grayson pass incomplete, dropped by 30-Ryan Stewart. Pressure by 58-Stanley Wood.</t>
   </si>
   <si>
     <t>#10 Harold Hodge - WR</t>
   </si>
   <si>
     <t>#29 Randy Topp - CB</t>
   </si>
   <si>
     <t>14:11</t>
   </si>
@@ -506,84 +506,84 @@
   <si>
     <t>1-10-K.C 29 (13:28) 1-Steven Herrera pass complete to 85-Mike Anton to K.C 35 for 6 yards. Tackle by 45-Terry Davidson. 45-Terry Davidson got away with a hold on that play.</t>
   </si>
   <si>
     <t>#1 Steven Herrera - QB</t>
   </si>
   <si>
     <t>#47 Randy Dennis - RB</t>
   </si>
   <si>
     <t>#43 Danny Freeman - FB</t>
   </si>
   <si>
     <t>#86 Henry Moore - TE</t>
   </si>
   <si>
     <t>#85 Mike Anton - WR</t>
   </si>
   <si>
     <t>#11 James Lindgren - WR</t>
   </si>
   <si>
     <t>#68 Christopher Briggs - LT</t>
   </si>
   <si>
-    <t>#78 Travis Mendez - C</t>
+    <t>#54 Travis Mendez - C</t>
   </si>
   <si>
     <t>#60 Frank Castanon - C</t>
   </si>
   <si>
     <t>#66 Chris Smith - RG</t>
   </si>
   <si>
     <t>#79 Charles Daniel - RT</t>
   </si>
   <si>
     <t>#99 Frances Vaughn - DT</t>
   </si>
   <si>
-    <t>#50 Joe Tatum - DT</t>
+    <t>#52 Joe Tatum - DT</t>
   </si>
   <si>
     <t>#42 William Johnson - SLB</t>
   </si>
   <si>
-    <t>#93 Carey Johnson - WLB</t>
+    <t>#57 Carey Johnson - WLB</t>
   </si>
   <si>
     <t>#45 Terry Davidson - CB</t>
   </si>
   <si>
     <t>#35 Peter Scott - CB</t>
   </si>
   <si>
     <t>#25 Thomas Coleman - SS</t>
   </si>
   <si>
-    <t>#33 Paul Williams - SS</t>
+    <t>#33 Paul Williams - FS</t>
   </si>
   <si>
     <t>12:50</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-4-K.C 35 (12:49) 47-Randy Dennis ran to K.C 35 for a short gain. Tackle by 42-William Johnson.</t>
   </si>
   <si>
     <t>#86 Scott Medina - TE</t>
   </si>
   <si>
     <t>12:13</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle</t>
   </si>