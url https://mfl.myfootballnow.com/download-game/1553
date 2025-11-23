--- v0 (2025-10-30)
+++ v1 (2025-11-23)
@@ -335,75 +335,75 @@
   <si>
     <t>#40 Joseph Walden - CB</t>
   </si>
   <si>
     <t>#4 Leroy Stewart - K</t>
   </si>
   <si>
     <t>MMR</t>
   </si>
   <si>
     <t>MMR 25</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-MIL 25 (15:00) 9-John Frazier pass complete to 31-Mitchell Riddle to MIL 33 for 8 yards. Tackle by 27-Luke Layden. 31-Mitchell Riddle made a great move on the CB. MIL 31-Mitchell Riddle was injured on the play. PENALTY - Holding (MIL 11-Bernard McChesney)</t>
   </si>
   <si>
     <t>#14 John Frazier - QB</t>
   </si>
   <si>
-    <t>#26 Mitchell Riddle - RB</t>
+    <t>#33 Mitchell Riddle - RB</t>
   </si>
   <si>
     <t>#77 John Lee - LT</t>
   </si>
   <si>
     <t>#89 Bernard McChesney - TE</t>
   </si>
   <si>
     <t>#10 Logan Martinez - WR</t>
   </si>
   <si>
     <t>#15 Dale Foreman - WR</t>
   </si>
   <si>
     <t>#55 Thomas Saenz - LT</t>
   </si>
   <si>
-    <t>#56 Gerald Townsend - LG</t>
+    <t>#56 Gerald Townsend - LT</t>
   </si>
   <si>
     <t>#73 Troy Wellman - C</t>
   </si>
   <si>
-    <t>#79 Steve Corral - RG</t>
+    <t>#78 Steve Corral - LT</t>
   </si>
   <si>
     <t>#51 Scott Keith - RT</t>
   </si>
   <si>
     <t>#95 Larry Paredes - LDE</t>
   </si>
   <si>
     <t>#94 Jose Hammock - DT</t>
   </si>
   <si>
     <t>#71 Steve McMurray - DT</t>
   </si>
   <si>
     <t>#74 Randall Gallagher - RDE</t>
   </si>
   <si>
     <t>#57 Andy Russell - MLB</t>
   </si>
   <si>
     <t>#50 Daniel Bunyard - MLB</t>
   </si>
   <si>
     <t>#96 Shawn Astle - SLB</t>
   </si>
@@ -443,51 +443,51 @@
   <si>
     <t>#25 Justin Stiffler - CB</t>
   </si>
   <si>
     <t>#20 Gregory Bailey - FS</t>
   </si>
   <si>
     <t>#31 Jackie Murphy - CB</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>MMR 35</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>2-1-MIL 35 (14:21) 42-John Croy ran to MIL 34 for -1 yards. Tackle by 93-Randall Gallagher.</t>
   </si>
   <si>
-    <t>#42 John Croy - RB</t>
+    <t>#26 John Croy - RB</t>
   </si>
   <si>
     <t>#86 Timothy Damian - TE</t>
   </si>
   <si>
     <t>#53 Ryan Willhite - MLB</t>
   </si>
   <si>
     <t>#52 Robert Metzler - WLB</t>
   </si>
   <si>
     <t>#21 James Knox - CB</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>MMR 34</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
@@ -566,51 +566,51 @@
   <si>
     <t>#33 William Williams - RB</t>
   </si>
   <si>
     <t>#55 Chester Vincent - RG</t>
   </si>
   <si>
     <t>10:52</t>
   </si>
   <si>
     <t>S.D 16</t>
   </si>
   <si>
     <t>Shotgun 5 Wide Slot Cross</t>
   </si>
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-S.D 16 (10:53) 9-John Frazier pass complete to 86-Robert Parson to S.D 7 for 9 yards. Tackle by 47-James Knox.</t>
   </si>
   <si>
     <t>#63 Aaron Pritchard - RG</t>
   </si>
   <si>
-    <t>#63 David Brandt - RG</t>
+    <t>#76 David Brandt - RG</t>
   </si>
   <si>
     <t>#99 James Rascoe - RDE</t>
   </si>
   <si>
     <t>10:13</t>
   </si>
   <si>
     <t>S.D 7</t>
   </si>
   <si>
     <t>Singleback Normal Quick Slant</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>2-1-S.D 7 (10:12) 9-John Frazier pass complete to 10-Logan Martinez to S.D 3 for 4 yards. Tackle by 47-James Knox.</t>
   </si>
   <si>
     <t>9:28</t>
   </si>
   <si>
     <t>S.D 3</t>
   </si>
@@ -707,102 +707,102 @@
   <si>
     <t>#12 Laurence Eberhard - WR</t>
   </si>
   <si>
     <t>#76 Crush Collision - LT</t>
   </si>
   <si>
     <t>#77 John Passmore - LG</t>
   </si>
   <si>
     <t>#56 Thomas Evans - C</t>
   </si>
   <si>
     <t>#67 Glenn Kent - RG</t>
   </si>
   <si>
     <t>#71 Trent Brown - RT</t>
   </si>
   <si>
     <t>#66 Warren Crawford - RDE</t>
   </si>
   <si>
     <t>#90 August Parker - DT</t>
   </si>
   <si>
-    <t>#97 James Hobson - RDE</t>
+    <t>#97 James Hobson - WLB</t>
   </si>
   <si>
     <t>#78 Danny Green - DT</t>
   </si>
   <si>
     <t>#90 Richard Allison - SLB</t>
   </si>
   <si>
     <t>#92 Arthur Green - WLB</t>
   </si>
   <si>
     <t>#45 James Donovan - CB</t>
   </si>
   <si>
     <t>#39 Adam Weir - CB</t>
   </si>
   <si>
     <t>#41 Joe Perkins - CB</t>
   </si>
   <si>
     <t>7:31</t>
   </si>
   <si>
     <t>S.D 31</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>2-4-S.D 31 (7:30) 7-John Maness pass complete to 32-Dwight Brummitt to S.D 40 for 9 yards. Tackle by 95-Walter Fleet. Pressure by 78-Danny Green.</t>
   </si>
   <si>
     <t>#36 Ken Akins - RB</t>
   </si>
   <si>
     <t>6:47</t>
   </si>
   <si>
     <t>S.D 40</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-S.D 40 (6:46) 33-William Williams ran to MIL 49 for 11 yards. Tackle by 26-Jose Cleveland.</t>
   </si>
   <si>
-    <t>#13 Jeff McKnight - WR</t>
+    <t>#14 Jeff McKnight - WR</t>
   </si>
   <si>
     <t>#16 Warren Colangelo - WR</t>
   </si>
   <si>
     <t>#14 Robert Compton - WR</t>
   </si>
   <si>
     <t>#67 Jason Cullum - RDE</t>
   </si>
   <si>
     <t>6:04</t>
   </si>
   <si>
     <t>MMR 49</t>
   </si>
   <si>
     <t>1-10-MIL 49 (6:03) 7-John Maness pass complete to 46-Jonathan Thorp to MIL 48 for 2 yards. Tackle by 32-Adam Weir.</t>
   </si>
   <si>
     <t>#46 Jonathan Thorp - RB</t>
   </si>
   <si>
     <t>5:20</t>
   </si>