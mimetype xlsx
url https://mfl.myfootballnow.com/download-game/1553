--- v1 (2025-11-23)
+++ v2 (2025-12-14)
@@ -425,51 +425,51 @@
   <si>
     <t>MMR 15</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-20-MIL 15 (14:56) 9-John Frazier pass complete to 11-Bernard McChesney to MIL 35 for 20 yards. Tackle by 27-Luke Layden.</t>
   </si>
   <si>
     <t>#14 Melvin Perkins - WR</t>
   </si>
   <si>
     <t>#13 Robert Parson - WR</t>
   </si>
   <si>
     <t>#25 Justin Stiffler - CB</t>
   </si>
   <si>
     <t>#20 Gregory Bailey - FS</t>
   </si>
   <si>
-    <t>#31 Jackie Murphy - CB</t>
+    <t>#20 Jackie Murphy - CB</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>MMR 35</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>2-1-MIL 35 (14:21) 42-John Croy ran to MIL 34 for -1 yards. Tackle by 93-Randall Gallagher.</t>
   </si>
   <si>
     <t>#26 John Croy - RB</t>
   </si>
   <si>
     <t>#86 Timothy Damian - TE</t>
   </si>
   <si>
     <t>#53 Ryan Willhite - MLB</t>
   </si>