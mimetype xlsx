--- v2 (2025-12-14)
+++ v3 (2026-01-21)
@@ -644,51 +644,51 @@
   <si>
     <t>Singleback Normal PA Rollout</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>3-5-S.D 5 (8:13) 9-John Frazier pass complete to 11-Bernard McChesney for 5 yards. TOUCHDOWN! MIL 6 S.D 0</t>
   </si>
   <si>
     <t>8:09</t>
   </si>
   <si>
     <t>S.D 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(8:10) Extra point GOOD by 7-Eric Ross. MIL 7 S.D 0</t>
   </si>
   <si>
-    <t>#16 Norbert Armstrong - QB</t>
+    <t>#6 Norbert Armstrong - QB</t>
   </si>
   <si>
     <t>#7 Eric Ross - K</t>
   </si>
   <si>
     <t>#91 Johnathan Cole - DT</t>
   </si>
   <si>
     <t>(8:10) 7-Eric Ross kicks 75 yards from MIL 35 to S.D -10. Touchback.</t>
   </si>
   <si>
     <t>S.D 25</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>1-10-S.D 25 (8:10) 7-John Maness pass complete to 12-Laurence Eberhard to S.D 31 for 6 yards. Tackle by 40-Joseph Walden.</t>
   </si>
   <si>
     <t>#7 John Maness - QB</t>
   </si>
@@ -710,51 +710,51 @@
   <si>
     <t>#76 Crush Collision - LT</t>
   </si>
   <si>
     <t>#77 John Passmore - LG</t>
   </si>
   <si>
     <t>#56 Thomas Evans - C</t>
   </si>
   <si>
     <t>#67 Glenn Kent - RG</t>
   </si>
   <si>
     <t>#71 Trent Brown - RT</t>
   </si>
   <si>
     <t>#66 Warren Crawford - RDE</t>
   </si>
   <si>
     <t>#90 August Parker - DT</t>
   </si>
   <si>
     <t>#97 James Hobson - WLB</t>
   </si>
   <si>
-    <t>#78 Danny Green - DT</t>
+    <t>#71 Danny Green - DT</t>
   </si>
   <si>
     <t>#90 Richard Allison - SLB</t>
   </si>
   <si>
     <t>#92 Arthur Green - WLB</t>
   </si>
   <si>
     <t>#45 James Donovan - CB</t>
   </si>
   <si>
     <t>#39 Adam Weir - CB</t>
   </si>
   <si>
     <t>#41 Joe Perkins - CB</t>
   </si>
   <si>
     <t>7:31</t>
   </si>
   <si>
     <t>S.D 31</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
@@ -896,51 +896,51 @@
   <si>
     <t>1:24</t>
   </si>
   <si>
     <t>MMR 8</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>2-7-MIL 8 (1:23) 30-Jarred King ran for 8 yards. TOUCHDOWN! MIL 7 S.D 6</t>
   </si>
   <si>
     <t>1:18</t>
   </si>
   <si>
     <t>(1:19) Extra point GOOD by 4-Leroy Stewart. MIL 7 S.D 7</t>
   </si>
   <si>
     <t>#5 David Zellmer - P</t>
   </si>
   <si>
-    <t>#77 Kenneth Bailey - RT</t>
+    <t>#58 Kenneth Bailey - RT</t>
   </si>
   <si>
     <t>#64 Timothy Manna - LG</t>
   </si>
   <si>
     <t>#78 Carlton Sheets - LT</t>
   </si>
   <si>
     <t>#69 Andre Putney - LG</t>
   </si>
   <si>
     <t>#60 Jason Durham - C</t>
   </si>
   <si>
     <t>#91 David Sanders - LDE</t>
   </si>
   <si>
     <t>#98 Russell Sears - LDE</t>
   </si>
   <si>
     <t>(1:19) 4-Leroy Stewart kicks 70 yards from S.D 35 to MIL -5. Touchback.</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
@@ -2124,51 +2124,51 @@
     <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>