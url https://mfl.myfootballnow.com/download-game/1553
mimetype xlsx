--- v3 (2026-01-21)
+++ v4 (2026-02-21)
@@ -425,51 +425,51 @@
   <si>
     <t>MMR 15</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-20-MIL 15 (14:56) 9-John Frazier pass complete to 11-Bernard McChesney to MIL 35 for 20 yards. Tackle by 27-Luke Layden.</t>
   </si>
   <si>
     <t>#14 Melvin Perkins - WR</t>
   </si>
   <si>
     <t>#13 Robert Parson - WR</t>
   </si>
   <si>
     <t>#25 Justin Stiffler - CB</t>
   </si>
   <si>
     <t>#20 Gregory Bailey - FS</t>
   </si>
   <si>
-    <t>#20 Jackie Murphy - CB</t>
+    <t>#46 Jackie Murphy - CB</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>MMR 35</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>2-1-MIL 35 (14:21) 42-John Croy ran to MIL 34 for -1 yards. Tackle by 93-Randall Gallagher.</t>
   </si>
   <si>
     <t>#26 John Croy - RB</t>
   </si>
   <si>
     <t>#86 Timothy Damian - TE</t>
   </si>
   <si>
     <t>#53 Ryan Willhite - MLB</t>
   </si>
@@ -914,51 +914,51 @@
   <si>
     <t>(1:19) Extra point GOOD by 4-Leroy Stewart. MIL 7 S.D 7</t>
   </si>
   <si>
     <t>#5 David Zellmer - P</t>
   </si>
   <si>
     <t>#58 Kenneth Bailey - RT</t>
   </si>
   <si>
     <t>#64 Timothy Manna - LG</t>
   </si>
   <si>
     <t>#78 Carlton Sheets - LT</t>
   </si>
   <si>
     <t>#69 Andre Putney - LG</t>
   </si>
   <si>
     <t>#60 Jason Durham - C</t>
   </si>
   <si>
     <t>#91 David Sanders - LDE</t>
   </si>
   <si>
-    <t>#98 Russell Sears - LDE</t>
+    <t>#98 Russell Sears - DT</t>
   </si>
   <si>
     <t>(1:19) 4-Leroy Stewart kicks 70 yards from S.D 35 to MIL -5. Touchback.</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>1-10-MIL 25 (1:19) 85-Melvin Perkins ran to MIL 24 for -1 yards. Tackle by 57-Shawn Astle.</t>
   </si>
   <si>
     <t>0:41</t>
   </si>
   <si>
     <t>MMR 24</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-11-MIL 24 (0:40) 9-John Frazier pass complete to 17-Dale Foreman to MIL 33 for 9 yards. Tackle by 42-Chad Cota.</t>
   </si>