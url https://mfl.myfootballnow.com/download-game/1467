--- v0 (2025-10-18)
+++ v1 (2026-01-17)
@@ -332,87 +332,87 @@
   <si>
     <t>#58 Leonel Merritt - SLB</t>
   </si>
   <si>
     <t>#53 Thomas Christian - WLB</t>
   </si>
   <si>
     <t>#7 Eric Ross - K</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>IND 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-IND 25 (15:00) 19-Daniel Hill pass Pass knocked down by 41-Joe Perkins. incomplete, intended for 14-Allen Cooper.</t>
   </si>
   <si>
-    <t>#19 Daniel Hill - QB</t>
+    <t>#14 Daniel Hill - QB</t>
   </si>
   <si>
     <t>#37 Maurice Allen - RB</t>
   </si>
   <si>
     <t>#88 James Richardson - TE</t>
   </si>
   <si>
-    <t>#82 Kenneth Cheek - WR</t>
+    <t>#17 Kenneth Cheek - WR</t>
   </si>
   <si>
     <t>#14 Allen Cooper - WR</t>
   </si>
   <si>
     <t>#74 Christopher Morehead - LT</t>
   </si>
   <si>
     <t>#70 Matthew Smith - LG</t>
   </si>
   <si>
     <t>#59 Raymond McGee - RG</t>
   </si>
   <si>
     <t>#75 Matthew Vickers - RT</t>
   </si>
   <si>
     <t>#52 Scott Reid - LDE</t>
   </si>
   <si>
     <t>#90 August Parker - DT</t>
   </si>
   <si>
-    <t>#97 James Hobson - RDE</t>
-[...2 lines deleted...]
-    <t>#78 Danny Green - DT</t>
+    <t>#97 James Hobson - WLB</t>
+  </si>
+  <si>
+    <t>#71 Danny Green - DT</t>
   </si>
   <si>
     <t>#46 Jose Curtis - MLB</t>
   </si>
   <si>
     <t>#93 Mark Zeller - WLB</t>
   </si>
   <si>
     <t>#40 Joseph Walden - CB</t>
   </si>
   <si>
     <t>#45 James Donovan - CB</t>
   </si>
   <si>
     <t>#41 Joe Perkins - CB</t>
   </si>
   <si>
     <t>#27 Jesse Pope - SS</t>
   </si>
   <si>
     <t>#28 William Richardson - FS</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
@@ -488,72 +488,72 @@
   <si>
     <t>#64 Douglas Odell - C</t>
   </si>
   <si>
     <t>#66 Warren Crawford - RDE</t>
   </si>
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>MMR 26</t>
   </si>
   <si>
     <t>Singleback 4 Wide Post and Curls</t>
   </si>
   <si>
     <t>Dime Normal 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-MIL 26 (13:37) 9-John Frazier pass complete to 17-Dale Foreman to MIL 34 for 8 yards. Tackle by 40-Marc Hornyak.</t>
   </si>
   <si>
     <t>#14 John Frazier - QB</t>
   </si>
   <si>
-    <t>#26 Mitchell Riddle - RB</t>
+    <t>#33 Mitchell Riddle - RB</t>
   </si>
   <si>
     <t>#10 Logan Martinez - WR</t>
   </si>
   <si>
     <t>#13 Robert Parson - WR</t>
   </si>
   <si>
     <t>#15 Dale Foreman - WR</t>
   </si>
   <si>
     <t>#55 Thomas Saenz - LT</t>
   </si>
   <si>
-    <t>#56 Gerald Townsend - LG</t>
+    <t>#56 Gerald Townsend - LT</t>
   </si>
   <si>
     <t>#73 Troy Wellman - C</t>
   </si>
   <si>
-    <t>#79 Steve Corral - RG</t>
+    <t>#78 Steve Corral - LT</t>
   </si>
   <si>
     <t>#51 Scott Keith - RT</t>
   </si>
   <si>
     <t>#61 Don Morel - LDE</t>
   </si>
   <si>
     <t>#92 David Jarvis - DT</t>
   </si>
   <si>
     <t>#71 Michael Cummings - DT</t>
   </si>
   <si>
     <t>#51 James Wright - WLB</t>
   </si>
   <si>
     <t>#22 James Power - CB</t>
   </si>
   <si>
     <t>#23 Earl Martinez - FS</t>
   </si>
   <si>
     <t>13:04</t>
   </si>
@@ -683,51 +683,51 @@
   <si>
     <t>MMR 42</t>
   </si>
   <si>
     <t>1-10-MIL 42 (9:11) 9-John Frazier pass complete to 17-Dale Foreman to MIL 48 for 6 yards. Tackle by 22-James Power. 22-James Power got away with a hold on that play.</t>
   </si>
   <si>
     <t>#14 Melvin Perkins - WR</t>
   </si>
   <si>
     <t>8:33</t>
   </si>
   <si>
     <t>MMR 48</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>2-4-MIL 48 (8:32) 9-John Frazier pass complete to 31-Mitchell Riddle to IND 46 for 6 yards. Tackle by 32-Maurice Mojica.</t>
   </si>
   <si>
-    <t>#42 John Croy - RB</t>
+    <t>#26 John Croy - RB</t>
   </si>
   <si>
     <t>7:52</t>
   </si>
   <si>
     <t>IND 46</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-IND 46 (7:51) 82-John Lee ran to IND 34 for 12 yards. Tackle by 40-Marc Hornyak.</t>
   </si>
   <si>
     <t>7:10</t>
   </si>
   <si>
     <t>IND 34</t>
   </si>
   <si>
     <t>Shotgun 5 Wide Slot Cross</t>
   </si>
@@ -776,102 +776,102 @@
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>2-7-IND 11 (5:16) 42-John Croy ran for 11 yards. TOUCHDOWN! IND 0 MIL 6</t>
   </si>
   <si>
     <t>5:11</t>
   </si>
   <si>
     <t>IND 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(5:12) Extra point GOOD by 7-Eric Ross. IND 0 MIL 7</t>
   </si>
   <si>
-    <t>#16 Norbert Armstrong - QB</t>
+    <t>#6 Norbert Armstrong - QB</t>
   </si>
   <si>
     <t>#72 William Damron - LDE</t>
   </si>
   <si>
     <t>(5:12) 7-Eric Ross kicks 74 yards from MIL 35 to IND -9. Touchback.</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>1-10-IND 25 (5:12) 19-Daniel Hill pass complete to 82-Kenneth Cheek to IND 25 for a short gain. Tackle by 46-Jose Curtis.</t>
   </si>
   <si>
     <t>4:32</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>2-10-IND 25 (4:31) 37-Maurice Allen ran to IND 26 for a short gain. Tackle by 90-August Parker.</t>
   </si>
   <si>
     <t>3:50</t>
   </si>
   <si>
     <t>IND 26</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>3-9-IND 26 (3:49) 19-Daniel Hill ran to IND 36 for 11 yards. Tackle by 56-Mark Zeller.</t>
   </si>
   <si>
     <t>3:00</t>
   </si>
   <si>
     <t>IND 36</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-IND 36 (2:59) 19-Daniel Hill pass INTERCEPTED by 41-Joe Perkins at MIL 47. 41-Joe Perkins to MIL 47 for -0 yards. Tackle by 86-Roberto Bailey. Pressure by 78-Danny Green.</t>
   </si>
   <si>
-    <t>#18 Raymond Black - WR</t>
+    <t>#19 Raymond Black - WR</t>
   </si>
   <si>
     <t>#86 Roberto Bailey - WR</t>
   </si>
   <si>
     <t>2:53</t>
   </si>
   <si>
     <t>MMR 47</t>
   </si>
   <si>
     <t>I Formation 3WR FL Post</t>
   </si>
   <si>
     <t>1-10-MIL 47 (2:54) 9-John Frazier pass complete to 31-Mitchell Riddle to IND 47 for 6 yards. Tackle by 96-Cesar Scarborough. 31-Mitchell Riddle breaks down the CB.</t>
   </si>
   <si>
     <t>2:21</t>
   </si>
   <si>
     <t>IND 47</t>
   </si>
   <si>
     <t>2-4-IND 47 (2:20) 9-John Frazier pass complete to 86-Robert Parson to IND 42 for 5 yards. Tackle by 23-Earl Martinez. 86-Robert Parson did some fancy footwork there.</t>
   </si>
@@ -2220,51 +2220,51 @@
     <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>