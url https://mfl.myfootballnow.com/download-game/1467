--- v1 (2026-01-17)
+++ v2 (2026-03-19)
@@ -299,51 +299,51 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-Eric Ross kicks 75 yards from MIL 35 to IND -10. Touchback.</t>
   </si>
   <si>
     <t>#88 James Wade - WR</t>
   </si>
   <si>
     <t>#96 Stanley Gibson - MLB</t>
   </si>
   <si>
     <t>#78 Andrew Higgins - C</t>
   </si>
   <si>
     <t>#32 Maurice Mojica - CB</t>
   </si>
   <si>
     <t>#40 Marc Hornyak - CB</t>
   </si>
   <si>
     <t>#94 Cesar Scarborough - MLB</t>
   </si>
   <si>
-    <t>#92 Robert Novello - DT</t>
+    <t>#64 Robert Novello - DT</t>
   </si>
   <si>
     <t>#63 Taylor Brooks - RDE</t>
   </si>
   <si>
     <t>#33 Casey Spann - FS</t>
   </si>
   <si>
     <t>#58 Leonel Merritt - SLB</t>
   </si>
   <si>
     <t>#53 Thomas Christian - WLB</t>
   </si>
   <si>
     <t>#7 Eric Ross - K</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>IND 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
@@ -872,51 +872,51 @@
   <si>
     <t>IND 47</t>
   </si>
   <si>
     <t>2-4-IND 47 (2:20) 9-John Frazier pass complete to 86-Robert Parson to IND 42 for 5 yards. Tackle by 23-Earl Martinez. 86-Robert Parson did some fancy footwork there.</t>
   </si>
   <si>
     <t>1:43</t>
   </si>
   <si>
     <t>IND 42</t>
   </si>
   <si>
     <t>Strong I Big Backfield Drag</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-IND 42 (1:42) 9-John Frazier pass complete to 43-Duane Lane to IND 36 for 6 yards. Tackle by 32-Maurice Mojica.</t>
   </si>
   <si>
     <t>#43 Duane Lane - RB</t>
   </si>
   <si>
-    <t>#94 Hershel Wyman - LDE</t>
+    <t>#62 Hershel Wyman - LDE</t>
   </si>
   <si>
     <t>0:59</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>2-4-IND 36 (0:58) 85-Melvin Perkins ran to IND 33 for 3 yards. Tackle by 96-Cesar Scarborough.</t>
   </si>
   <si>
     <t>0:19</t>
   </si>
   <si>
     <t>IND 33</t>
   </si>
   <si>
     <t>3-1-IND 33 (0:18) 31-Mitchell Riddle ran to IND 20 for 13 yards. Tackle by 96-Cesar Scarborough.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
@@ -1229,51 +1229,51 @@
   <si>
     <t>2:00</t>
   </si>
   <si>
     <t>Timeout for two minute warning.</t>
   </si>
   <si>
     <t>3-9-MIL 13 (2:00) 19-Daniel Hill pass Pass knocked down by 46-Jose Curtis. incomplete, intended for 37-Maurice Allen.</t>
   </si>
   <si>
     <t>1:57</t>
   </si>
   <si>
     <t>4-9-MIL 13 (1:58) 12-Paul Burkhead 30 yard field goal is NO GOOD. (Wide Right)</t>
   </si>
   <si>
     <t>#11 Allen Eng - QB</t>
   </si>
   <si>
     <t>#18 Paul Burkhead - K</t>
   </si>
   <si>
     <t>#91 David Sanders - LDE</t>
   </si>
   <si>
-    <t>#98 Russell Sears - LDE</t>
+    <t>#98 Russell Sears - DT</t>
   </si>
   <si>
     <t>1:54</t>
   </si>
   <si>
     <t>1-10-MIL 20 (1:55) 31-Mitchell Riddle ran to MIL 24 for 4 yards. Tackle by 96-Cesar Scarborough.</t>
   </si>
   <si>
     <t>1:12</t>
   </si>
   <si>
     <t>MMR 24</t>
   </si>
   <si>
     <t>2-6-MIL 24 (1:11) 85-Melvin Perkins ran to MIL 29 for 5 yards. Tackle by 23-Earl Martinez.</t>
   </si>
   <si>
     <t>0:28</t>
   </si>
   <si>
     <t>MMR 29</t>
   </si>
   <si>
     <t>3-1-MIL 29 (0:27) 31-Mitchell Riddle ran to MIL 38 for 9 yards. Tackle by 40-Marc Hornyak.</t>
   </si>