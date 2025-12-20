--- v0 (2025-10-21)
+++ v1 (2025-12-20)
@@ -293,69 +293,69 @@
   <si>
     <t>PHI 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Alex Singh kicks 74 yards from PHI 35 to WSH -9. Touchback.</t>
   </si>
   <si>
     <t>#26 Preston Frisby - RB</t>
   </si>
   <si>
     <t>#17 Steven Jamison - WR</t>
   </si>
   <si>
     <t>#43 Juan Smith - CB</t>
   </si>
   <si>
     <t>#58 Larry Hightower - SLB</t>
   </si>
   <si>
-    <t>#66 Shane Saunders - RDE</t>
+    <t>#66 Shane Saunders - CB</t>
   </si>
   <si>
     <t>#97 Allen Griffin - LDE</t>
   </si>
   <si>
     <t>#86 Andrew Domino - TE</t>
   </si>
   <si>
     <t>#22 Walter Clark - CB</t>
   </si>
   <si>
     <t>#98 Richard Sikes - MLB</t>
   </si>
   <si>
     <t>#30 Nelson Avery - CB</t>
   </si>
   <si>
-    <t>#56 Robert Clark - WLB</t>
+    <t>#29 Robert Clark - CB</t>
   </si>
   <si>
     <t>#3 Alex Singh - K</t>
   </si>
   <si>
     <t>WSH</t>
   </si>
   <si>
     <t>WSH 25</t>
   </si>
   <si>
     <t>I Formation Normal Cross In</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-WSH 25 (15:00) 15-Reginald Johnson pass Pass knocked down by 97-Samuel Shinn. incomplete, intended for 88-Ahmad Perez.</t>
   </si>
   <si>
     <t>#14 Reginald Johnson - QB</t>
   </si>
   <si>
     <t>#32 Ronald Andrew - RB</t>
   </si>
@@ -374,51 +374,51 @@
   <si>
     <t>#78 Shane Macfarlane - LT</t>
   </si>
   <si>
     <t>#73 Willie Travis - LG</t>
   </si>
   <si>
     <t>#63 Floyd Jones - C</t>
   </si>
   <si>
     <t>#75 Jack Pelletier - RG</t>
   </si>
   <si>
     <t>#68 David Partida - RT</t>
   </si>
   <si>
     <t>#91 Joey Filson - LDE</t>
   </si>
   <si>
     <t>#95 Robert Brown - DT</t>
   </si>
   <si>
     <t>#77 Frank Watkins - DT</t>
   </si>
   <si>
-    <t>#96 Steven Caton - RDE</t>
+    <t>#97 Steven Caton - LDE</t>
   </si>
   <si>
     <t>#35 Jacob Vazquez - SLB</t>
   </si>
   <si>
     <t>#44 Samuel Shinn - MLB</t>
   </si>
   <si>
     <t>#90 James Brooks - WLB</t>
   </si>
   <si>
     <t>#39 Arthur Jordan - CB</t>
   </si>
   <si>
     <t>#43 Timothy Graham - CB</t>
   </si>
   <si>
     <t>#39 Lloyd Stahl - SS</t>
   </si>
   <si>
     <t>#29 Patrick Rahm - FS</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
@@ -545,72 +545,72 @@
   <si>
     <t>PHI 29</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-PHI 29 (10:21) 30-Jason Thompson ran to PHI 35 for 6 yards. Tackle by 30-Nelson Avery.</t>
   </si>
   <si>
     <t>#8 Robert Avery - QB</t>
   </si>
   <si>
     <t>#30 Jason Thompson - RB</t>
   </si>
   <si>
     <t>#29 Jefferey Krause - RB</t>
   </si>
   <si>
     <t>#20 Ryan Burkhart - FB</t>
   </si>
   <si>
     <t>#83 Michael Mendez - TE</t>
   </si>
   <si>
-    <t>#89 Leon Ornelas - TE</t>
+    <t>#85 Leon Ornelas - TE</t>
   </si>
   <si>
     <t>#68 Richard Bowser - LT</t>
   </si>
   <si>
     <t>#67 Richard Marcum - LG</t>
   </si>
   <si>
     <t>#78 George Waterman - C</t>
   </si>
   <si>
     <t>#57 Allen Nurse - RG</t>
   </si>
   <si>
     <t>#71 Allan Chapin - RT</t>
   </si>
   <si>
-    <t>#93 Douglas Yang - DT</t>
-[...2 lines deleted...]
-    <t>#96 James Lloyd - DT</t>
+    <t>#94 Douglas Yang - DT</t>
+  </si>
+  <si>
+    <t>#96 James Lloyd - RDE</t>
   </si>
   <si>
     <t>#60 Marvin Nino - DT</t>
   </si>
   <si>
     <t>#25 Frank Stephan - SS</t>
   </si>
   <si>
     <t>9:40</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>2-4-PHI 35 (9:39) 30-Jason Thompson ran to PHI 36 for 1 yards. Tackle by 25-Frank Stephan.</t>
   </si>
   <si>
     <t>#88 Eugene Carroll - WR</t>
   </si>
   <si>
     <t>#19 Brad Vasquez - WR</t>
   </si>
   <si>
     <t>#43 James Pauli - FS</t>
   </si>
@@ -671,51 +671,51 @@
   <si>
     <t>3-20-PHI 30 (7:31) 8-Robert Avery pass complete to 19-Brad Vasquez to PHI 50 for 20 yards. Tackle by 41-Juan Smith. 19-Brad Vasquez did some fancy footwork there.</t>
   </si>
   <si>
     <t>#41 David Nash - RB</t>
   </si>
   <si>
     <t>6:49</t>
   </si>
   <si>
     <t>PHI 50</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-PHI 50 (6:48) 6-Lawrence Burger punts 38 yards to WSH 12.</t>
   </si>
   <si>
     <t>#6 Lawrence Burger - P</t>
   </si>
   <si>
-    <t>#59 Omar Lamp - C</t>
+    <t>#71 Omar Lamp - C</t>
   </si>
   <si>
     <t>#54 Dennis Crandall - LT</t>
   </si>
   <si>
     <t>#56 James Malone - MLB</t>
   </si>
   <si>
     <t>6:37</t>
   </si>
   <si>
     <t>WSH 12</t>
   </si>
   <si>
     <t>I Formation Twin WR Strong Flood</t>
   </si>
   <si>
     <t>1-10-WSH 12 (6:38) 15-Reginald Johnson pass complete to 10-Lionel Lewis to WSH 17 for 5 yards. Tackle by 25-Arthur Jordan. Nice job by 10-Lionel Lewis on that route to lose his coverage.</t>
   </si>
   <si>
     <t>#52 Kevin Thompson - DT</t>
   </si>
   <si>
     <t>#22 Richard Kearney - FS</t>
   </si>
@@ -2117,51 +2117,51 @@
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="324.349" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="25.851" bestFit="true" customWidth="true" style="0"/>