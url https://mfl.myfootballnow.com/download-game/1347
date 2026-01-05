--- v0 (2025-10-29)
+++ v1 (2026-01-05)
@@ -368,51 +368,51 @@
   <si>
     <t>#11 James Lindgren - WR</t>
   </si>
   <si>
     <t>#60 Tommie Hamilton - LT</t>
   </si>
   <si>
     <t>#73 Walter Herrera - RG</t>
   </si>
   <si>
     <t>#73 Pat Criddle - C</t>
   </si>
   <si>
     <t>#50 Brian Guido - RG</t>
   </si>
   <si>
     <t>#58 John McCarthy - RT</t>
   </si>
   <si>
     <t>#75 Everett Rogers - RDE</t>
   </si>
   <si>
     <t>#93 Herbert Murphy - DT</t>
   </si>
   <si>
-    <t>#52 Christopher Pruett - DT</t>
+    <t>#72 Christopher Pruett - DT</t>
   </si>
   <si>
     <t>#91 Javier Blair - RDE</t>
   </si>
   <si>
     <t>#53 Nelson Derrick - WLB</t>
   </si>
   <si>
     <t>#50 James Grubbs - WLB</t>
   </si>
   <si>
     <t>#48 Jim Westman - FS</t>
   </si>
   <si>
     <t>#36 Nolan Thompson - CB</t>
   </si>
   <si>
     <t>#46 Dale Montoya - FS</t>
   </si>
   <si>
     <t>#45 Robert Capps - SS</t>
   </si>
   <si>
     <t>#49 Michael Draper - CB</t>
   </si>
@@ -587,93 +587,93 @@
   <si>
     <t>#70 Mark Williams - RT</t>
   </si>
   <si>
     <t>#74 David Hafer - RDE</t>
   </si>
   <si>
     <t>#93 Jason McCord - DT</t>
   </si>
   <si>
     <t>10:07</t>
   </si>
   <si>
     <t>DAL 35</t>
   </si>
   <si>
     <t>(10:08) 5-Darryl Martino kicks 75 yards from DAL 35 to OKC -10. Touchback.</t>
   </si>
   <si>
     <t>#89 Sean Sanchez - WR</t>
   </si>
   <si>
     <t>#83 Joseph Gilley - WR</t>
   </si>
   <si>
-    <t>#14 Mike Schulze - WR</t>
+    <t>#18 Mike Schulze - WR</t>
   </si>
   <si>
     <t>#43 Dustin Bishop - RB</t>
   </si>
   <si>
     <t>#65 Robert Lawrence - DT</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-OKC 25 (10:08) 18-Daniel Teel sacked at OKC 15 for -10 yards (77-Marcos Gilbert). Sack allowed by 59-James Perkins. OKC 68-William Campbell was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#18 Daniel Teel - QB</t>
   </si>
   <si>
     <t>#40 Roger Rose - FB</t>
   </si>
   <si>
     <t>#29 Jonathan Manley - FB</t>
   </si>
   <si>
     <t>#76 James Perkins - C</t>
   </si>
   <si>
     <t>#57 Dennis Kirkpatrick - RG</t>
   </si>
   <si>
     <t>#55 William Campbell - C</t>
   </si>
   <si>
     <t>#45 Steve Braxton - RG</t>
   </si>
   <si>
     <t>#55 Lamar Blackman - DT</t>
   </si>
   <si>
-    <t>#53 William Jackson - DT</t>
+    <t>#50 William Jackson - DT</t>
   </si>
   <si>
     <t>#77 Marcos Gilbert - RDE</t>
   </si>
   <si>
     <t>#51 Jose Smedley - SLB</t>
   </si>
   <si>
     <t>#47 Robert Underwood - CB</t>
   </si>
   <si>
     <t>#22 Paul Jones - CB</t>
   </si>
   <si>
     <t>9:35</t>
   </si>
   <si>
     <t>OKC 15</t>
   </si>
   <si>
     <t>Singleback Normal PA Rollout</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
@@ -911,51 +911,51 @@
   <si>
     <t>1:49</t>
   </si>
   <si>
     <t>DAL 5</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-4-DAL 5 (1:48) 18-Daniel Teel pass complete to 84-Jonathan Manley for 5 yards. TOUCHDOWN! OKC 6 DAL 10</t>
   </si>
   <si>
     <t>1:44</t>
   </si>
   <si>
     <t>(1:45) Extra point GOOD by 8-John Kim. OKC 7 DAL 10</t>
   </si>
   <si>
     <t>#14 Stephen Haines - QB</t>
   </si>
   <si>
-    <t>#95 Douglas Vallejo - MLB</t>
+    <t>#99 Douglas Vallejo - MLB</t>
   </si>
   <si>
     <t>(1:45) 8-John Kim kicks 70 yards from OKC 35 to DAL -5. Touchback.</t>
   </si>
   <si>
     <t>Singleback Slot Strong Overload Strong</t>
   </si>
   <si>
     <t>1-10-DAL 25 (1:45) 15-John Mancuso pass incomplete, intended for 88-Sidney Wright. 98-Frederick Ledezma got away with a hold on that play.</t>
   </si>
   <si>
     <t>1:41</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>2-10-DAL 25 (1:42) 25-Gregory Franks ran to DAL 27 for 2 yards. Tackle by 67-Christopher Pruett.</t>
   </si>
   <si>
     <t>0:58</t>
   </si>
   <si>
     <t>DAL 27</t>
   </si>