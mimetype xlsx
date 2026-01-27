--- v1 (2026-01-05)
+++ v2 (2026-01-27)
@@ -341,90 +341,90 @@
   <si>
     <t>DAL</t>
   </si>
   <si>
     <t>DAL 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-DAL 25 (15:00) 15-John Mancuso pass complete to 88-Sidney Wright to DAL 33 for 8 yards. Tackle by 53-Nelson Derrick.</t>
   </si>
   <si>
     <t>#5 John Mancuso - QB</t>
   </si>
   <si>
     <t>#47 Gregory Franks - FB</t>
   </si>
   <si>
     <t>#88 Sidney Wright - TE</t>
   </si>
   <si>
-    <t>#83 Joseph Galvan - WR</t>
+    <t>#82 Joseph Galvan - WR</t>
   </si>
   <si>
     <t>#11 James Lindgren - WR</t>
   </si>
   <si>
     <t>#60 Tommie Hamilton - LT</t>
   </si>
   <si>
     <t>#73 Walter Herrera - RG</t>
   </si>
   <si>
     <t>#73 Pat Criddle - C</t>
   </si>
   <si>
     <t>#50 Brian Guido - RG</t>
   </si>
   <si>
     <t>#58 John McCarthy - RT</t>
   </si>
   <si>
     <t>#75 Everett Rogers - RDE</t>
   </si>
   <si>
     <t>#93 Herbert Murphy - DT</t>
   </si>
   <si>
     <t>#72 Christopher Pruett - DT</t>
   </si>
   <si>
     <t>#91 Javier Blair - RDE</t>
   </si>
   <si>
     <t>#53 Nelson Derrick - WLB</t>
   </si>
   <si>
     <t>#50 James Grubbs - WLB</t>
   </si>
   <si>
-    <t>#48 Jim Westman - FS</t>
+    <t>#39 Jim Westman - FS</t>
   </si>
   <si>
     <t>#36 Nolan Thompson - CB</t>
   </si>
   <si>
     <t>#46 Dale Montoya - FS</t>
   </si>
   <si>
     <t>#45 Robert Capps - SS</t>
   </si>
   <si>
     <t>#49 Michael Draper - CB</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>DAL 33</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>