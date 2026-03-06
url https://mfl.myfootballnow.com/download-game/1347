--- v2 (2026-01-27)
+++ v3 (2026-03-06)
@@ -392,51 +392,51 @@
   <si>
     <t>#72 Christopher Pruett - DT</t>
   </si>
   <si>
     <t>#91 Javier Blair - RDE</t>
   </si>
   <si>
     <t>#53 Nelson Derrick - WLB</t>
   </si>
   <si>
     <t>#50 James Grubbs - WLB</t>
   </si>
   <si>
     <t>#39 Jim Westman - FS</t>
   </si>
   <si>
     <t>#36 Nolan Thompson - CB</t>
   </si>
   <si>
     <t>#46 Dale Montoya - FS</t>
   </si>
   <si>
     <t>#45 Robert Capps - SS</t>
   </si>
   <si>
-    <t>#49 Michael Draper - CB</t>
+    <t>#34 Michael Draper - CB</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>DAL 33</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>2-2-DAL 33 (14:23) 24-David Cutler ran to DAL 34 for 1 yards. Tackle by 53-Nelson Derrick.</t>
   </si>
   <si>
     <t>#24 David Cutler - RB</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>DAL 34</t>
   </si>
@@ -617,51 +617,51 @@
   <si>
     <t>#65 Robert Lawrence - DT</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-OKC 25 (10:08) 18-Daniel Teel sacked at OKC 15 for -10 yards (77-Marcos Gilbert). Sack allowed by 59-James Perkins. OKC 68-William Campbell was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#18 Daniel Teel - QB</t>
   </si>
   <si>
     <t>#40 Roger Rose - FB</t>
   </si>
   <si>
     <t>#29 Jonathan Manley - FB</t>
   </si>
   <si>
     <t>#76 James Perkins - C</t>
   </si>
   <si>
-    <t>#57 Dennis Kirkpatrick - RG</t>
+    <t>#70 Dennis Kirkpatrick - RG</t>
   </si>
   <si>
     <t>#55 William Campbell - C</t>
   </si>
   <si>
     <t>#45 Steve Braxton - RG</t>
   </si>
   <si>
     <t>#55 Lamar Blackman - DT</t>
   </si>
   <si>
     <t>#50 William Jackson - DT</t>
   </si>
   <si>
     <t>#77 Marcos Gilbert - RDE</t>
   </si>
   <si>
     <t>#51 Jose Smedley - SLB</t>
   </si>
   <si>
     <t>#47 Robert Underwood - CB</t>
   </si>
   <si>
     <t>#22 Paul Jones - CB</t>
   </si>