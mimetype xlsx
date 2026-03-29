--- v3 (2026-03-06)
+++ v4 (2026-03-29)
@@ -377,51 +377,51 @@
   <si>
     <t>#73 Pat Criddle - C</t>
   </si>
   <si>
     <t>#50 Brian Guido - RG</t>
   </si>
   <si>
     <t>#58 John McCarthy - RT</t>
   </si>
   <si>
     <t>#75 Everett Rogers - RDE</t>
   </si>
   <si>
     <t>#93 Herbert Murphy - DT</t>
   </si>
   <si>
     <t>#72 Christopher Pruett - DT</t>
   </si>
   <si>
     <t>#91 Javier Blair - RDE</t>
   </si>
   <si>
     <t>#53 Nelson Derrick - WLB</t>
   </si>
   <si>
-    <t>#50 James Grubbs - WLB</t>
+    <t>#54 James Grubbs - WLB</t>
   </si>
   <si>
     <t>#39 Jim Westman - FS</t>
   </si>
   <si>
     <t>#36 Nolan Thompson - CB</t>
   </si>
   <si>
     <t>#46 Dale Montoya - FS</t>
   </si>
   <si>
     <t>#45 Robert Capps - SS</t>
   </si>
   <si>
     <t>#34 Michael Draper - CB</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>DAL 33</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
@@ -614,57 +614,57 @@
   <si>
     <t>#43 Dustin Bishop - RB</t>
   </si>
   <si>
     <t>#65 Robert Lawrence - DT</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-OKC 25 (10:08) 18-Daniel Teel sacked at OKC 15 for -10 yards (77-Marcos Gilbert). Sack allowed by 59-James Perkins. OKC 68-William Campbell was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#18 Daniel Teel - QB</t>
   </si>
   <si>
     <t>#40 Roger Rose - FB</t>
   </si>
   <si>
     <t>#29 Jonathan Manley - FB</t>
   </si>
   <si>
-    <t>#76 James Perkins - C</t>
+    <t>#77 James Perkins - C</t>
   </si>
   <si>
     <t>#70 Dennis Kirkpatrick - RG</t>
   </si>
   <si>
-    <t>#55 William Campbell - C</t>
+    <t>#63 William Campbell - C</t>
   </si>
   <si>
     <t>#45 Steve Braxton - RG</t>
   </si>
   <si>
     <t>#55 Lamar Blackman - DT</t>
   </si>
   <si>
     <t>#50 William Jackson - DT</t>
   </si>
   <si>
     <t>#77 Marcos Gilbert - RDE</t>
   </si>
   <si>
     <t>#51 Jose Smedley - SLB</t>
   </si>
   <si>
     <t>#47 Robert Underwood - CB</t>
   </si>
   <si>
     <t>#22 Paul Jones - CB</t>
   </si>
   <si>
     <t>9:35</t>
   </si>