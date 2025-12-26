--- v0 (2025-10-16)
+++ v1 (2025-12-26)
@@ -686,51 +686,51 @@
   <si>
     <t>Singleback Normal PA Rollout</t>
   </si>
   <si>
     <t>1-10-N.Y 28 (7:25) 8-Maurice Nelson pass complete to 89-Duncan Yount to N.Y 11 for 17 yards. Tackle by 92-David Kuhl. 89-Duncan Yount did some fancy footwork there. 92-David Kuhl got away with a hold on that play. N.Y 92-David Kuhl was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>6:38</t>
   </si>
   <si>
     <t>N.Y 11</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>1-10-N.Y 11 (6:37) 49-Stephen Pagano ran to N.Y 10 for 2 yards. Tackle by 91-William Adamson.</t>
   </si>
   <si>
     <t>#59 Jon Rhodes - MLB</t>
   </si>
   <si>
-    <t>#36 Barry Yazzie - CB</t>
+    <t>#36 Barry Yazzie - SS</t>
   </si>
   <si>
     <t>5:57</t>
   </si>
   <si>
     <t>N.Y 10</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>2-8-N.Y 10 (5:56) 8-Maurice Nelson pass complete to 10-Kevin Delgado for 10 yards. TOUCHDOWN! 40-Marco Shull got away with a hold on that play. N.Y 0 E.P 6</t>
   </si>
   <si>
     <t>#54 Travis Byrd - WLB</t>
   </si>
   <si>
     <t>5:51</t>
   </si>
   <si>
     <t>N.Y 15</t>
   </si>