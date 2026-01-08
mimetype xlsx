--- v0 (2025-10-24)
+++ v1 (2026-01-08)
@@ -302,162 +302,162 @@
   <si>
     <t>(15:00) 3-Richard Bryant kicks 63 yards from S.A 35 to BOS 2. 48-Gregory Williams to BOS 33 for 32 yards. Tackle by 34-Kevin Sanroman.</t>
   </si>
   <si>
     <t>#48 Gregory Williams - RB</t>
   </si>
   <si>
     <t>#95 Jerry Brown - DT</t>
   </si>
   <si>
     <t>#13 Tim Moore - WR</t>
   </si>
   <si>
     <t>#94 Michael Fifield - WLB</t>
   </si>
   <si>
     <t>#57 Carlos Doty - SLB</t>
   </si>
   <si>
     <t>#95 Johnny Neely - MLB</t>
   </si>
   <si>
     <t>#98 Nathaniel Buchanan - SLB</t>
   </si>
   <si>
-    <t>#62 Billy Hancock - LDE</t>
+    <t>#75 Billy Hancock - LDE</t>
   </si>
   <si>
     <t>#98 Carl Owen - LDE</t>
   </si>
   <si>
     <t>#15 James Sallee - WR</t>
   </si>
   <si>
     <t>#38 John Dixon - SS</t>
   </si>
   <si>
     <t>#3 Richard Bryant - K</t>
   </si>
   <si>
     <t>BOS</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>BOS 33</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-BOS 33 (14:55) 7-James Ball pass Pass knocked down by 22-Samuel Montalvo. incomplete, intended for 13-Tim Moore.</t>
   </si>
   <si>
-    <t>#7 James Ball - QB</t>
+    <t>#17 James Ball - QB</t>
   </si>
   <si>
     <t>#24 Mark Becker - RB</t>
   </si>
   <si>
-    <t>#85 Charles McCloy - WR</t>
+    <t>#84 Charles McCloy - WR</t>
   </si>
   <si>
     <t>#18 Randall Donovan - WR</t>
   </si>
   <si>
     <t>#74 Thomas Andrews - LT</t>
   </si>
   <si>
     <t>#56 James Foley - LG</t>
   </si>
   <si>
     <t>#66 Frank Poole - C</t>
   </si>
   <si>
     <t>#64 John Hernandez - RG</t>
   </si>
   <si>
     <t>#50 Hugh McCulloch - RT</t>
   </si>
   <si>
     <t>#61 Roy Dougherty - DT</t>
   </si>
   <si>
     <t>#65 Harry Brewster - DT</t>
   </si>
   <si>
     <t>#58 Thomas Morris - DT</t>
   </si>
   <si>
     <t>#72 Edward Garza - RDE</t>
   </si>
   <si>
     <t>#55 George Shanks - WLB</t>
   </si>
   <si>
     <t>#54 Richard Matherly - WLB</t>
   </si>
   <si>
-    <t>#27 Samuel Montalvo - MLB</t>
+    <t>#59 Samuel Montalvo - MLB</t>
   </si>
   <si>
     <t>#42 Sterling Gravelle - CB</t>
   </si>
   <si>
     <t>#43 Reginald Bowlin - CB</t>
   </si>
   <si>
     <t>#34 Kevin Sanroman - FS</t>
   </si>
   <si>
     <t>#25 Bennie Jackson - FS</t>
   </si>
   <si>
     <t>14:52</t>
   </si>
   <si>
     <t>Strong I Normal Counter Strong</t>
   </si>
   <si>
     <t>3-4 Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-10-BOS 33 (14:53) 24-Mark Becker ran to BOS 45 for 12 yards. Tackle by 25-Bennie Jackson.</t>
   </si>
   <si>
     <t>#24 Harold Hales - FB</t>
   </si>
   <si>
     <t>#80 Terry Cabrera - TE</t>
   </si>
   <si>
-    <t>#61 Robert Westbrook - RDE</t>
+    <t>#79 Robert Westbrook - RDE</t>
   </si>
   <si>
     <t>#97 Michael Chambers - SLB</t>
   </si>
   <si>
     <t>#54 Preston Leasure - MLB</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>BOS 45</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>1-10-BOS 45 (14:16) 24-Mark Becker ran to BOS 46 for 1 yards. Tackle by 73-Edward Garza. S.A 42-Sterling Gravelle was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>13:42</t>
   </si>
   <si>
     <t>BOS 46</t>
   </si>
@@ -512,51 +512,51 @@
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>3-11-S.A 45 (12:17) 7-James Ball pass incomplete, dropped by 18-Randall Donovan.</t>
   </si>
   <si>
     <t>12:13</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-11-S.A 45 (12:14) 11-Robert Faust punts 41 yards to S.A 4. Fair Catch by 83-David Rodriquez.</t>
   </si>
   <si>
     <t>#11 Robert Faust - P</t>
   </si>
   <si>
-    <t>#83 David Rodriquez - WR</t>
+    <t>#15 David Rodriquez - WR</t>
   </si>
   <si>
     <t>#75 Saul Carlson - LT</t>
   </si>
   <si>
     <t>#72 Terry Brown - LG</t>
   </si>
   <si>
     <t>#96 Burton Deangelis - SLB</t>
   </si>
   <si>
     <t>12:06</t>
   </si>
   <si>
     <t>S.A 4</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-S.A 4 (12:07) 1-Louis Cofield pass Pass knocked down by 25-John Dixon. incomplete, intended for 81-Donald Barnes. 25-John Dixon got away with a hold on that play.</t>
   </si>
@@ -2265,51 +2265,51 @@
     <col min="23" max="23" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="34.135" bestFit="true" customWidth="true" style="0"/>