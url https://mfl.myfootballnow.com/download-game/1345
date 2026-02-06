--- v1 (2026-01-08)
+++ v2 (2026-02-06)
@@ -728,51 +728,51 @@
   <si>
     <t>46 Normal 3 Deep Zone</t>
   </si>
   <si>
     <t>3-6-BOS 47 (8:35) 24-Mark Becker ran to BOS 50 for 3 yards. Tackle by 62-Robert Westbrook.</t>
   </si>
   <si>
     <t>7:59</t>
   </si>
   <si>
     <t>BOS 50</t>
   </si>
   <si>
     <t>4-3-BOS 50 (7:58) 11-Robert Faust punts 46 yards to S.A 4.</t>
   </si>
   <si>
     <t>7:48</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>1-10-S.A 4 (7:49) 31-Matthew Haynes ran to S.A 5 for 1 yards. Tackle by 91-Dong Ayers.</t>
   </si>
   <si>
-    <t>#81 John Bacon - TE</t>
+    <t>#88 John Bacon - TE</t>
   </si>
   <si>
     <t>#69 Brian Johnson - RDE</t>
   </si>
   <si>
     <t>#99 Floyd Dwyer - DT</t>
   </si>
   <si>
     <t>#54 Dong Ayers - WLB</t>
   </si>
   <si>
     <t>7:06</t>
   </si>
   <si>
     <t>S.A 5</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Normal SLB Outside Blitz</t>
   </si>
   <si>
     <t>2-9-S.A 5 (7:05) 1-Louis Cofield pass complete to 83-David Rodriquez to S.A 9 for 4 yards. Tackle by 37-Mark Cybulski.</t>
   </si>
@@ -872,51 +872,51 @@
   <si>
     <t>S.A 29</t>
   </si>
   <si>
     <t>Strong I Normal FB Trap Weak</t>
   </si>
   <si>
     <t>3-5-S.A 29 (1:19) 45-Harold Hales ran to S.A 29 for a short loss. Tackle by 62-Robert Westbrook. 74-Thomas Andrews was caught flat-footed on this play. PENALTY - Holding (BOS 64-John Hernandez) (Declined)</t>
   </si>
   <si>
     <t>1:16</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-6-S.A 29 (1:17) 5-Monroe Thompson 46 yard field goal is GOOD. BOS 3 S.A 0</t>
   </si>
   <si>
     <t>#5 Monroe Thompson - K</t>
   </si>
   <si>
-    <t>#73 Anthony Stein - C</t>
+    <t>#56 Anthony Stein - C</t>
   </si>
   <si>
     <t>#98 George Estrada - DT</t>
   </si>
   <si>
     <t>1:12</t>
   </si>
   <si>
     <t>BOS 35</t>
   </si>
   <si>
     <t>(1:13) 5-Monroe Thompson kicks 75 yards from BOS 35 to S.A -10. Touchback.</t>
   </si>
   <si>
     <t>#30 Xavier Bynoe - RB</t>
   </si>
   <si>
     <t>S.A 25</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-S.A 25 (1:13) 31-Matthew Haynes ran to S.A 26 for 1 yards. Tackle by 95-Johnny Neely.</t>
   </si>