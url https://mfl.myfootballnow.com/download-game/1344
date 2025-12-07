--- v0 (2025-11-06)
+++ v1 (2025-12-07)
@@ -311,93 +311,93 @@
   <si>
     <t>#55 Erik Barnett - MLB</t>
   </si>
   <si>
     <t>#48 Bruce Robinson - CB</t>
   </si>
   <si>
     <t>#67 Derrick Cecil - RDE</t>
   </si>
   <si>
     <t>#94 Louis Gibbs - DT</t>
   </si>
   <si>
     <t>#68 Joseph Leon - RG</t>
   </si>
   <si>
     <t>#28 John Moffitt - CB</t>
   </si>
   <si>
     <t>#92 Dwight Peek - WLB</t>
   </si>
   <si>
     <t>#31 Jason Feld - CB</t>
   </si>
   <si>
-    <t>#53 Tyrone Thompson - RDE</t>
+    <t>#53 Tyrone Thompson - SLB</t>
   </si>
   <si>
     <t>#2 Earl Fielding - K</t>
   </si>
   <si>
     <t>SEA</t>
   </si>
   <si>
     <t>SEA 25</t>
   </si>
   <si>
     <t>Split Backs Normal Weak Pitch Sweep</t>
   </si>
   <si>
     <t>46 Normal Inside Blitz</t>
   </si>
   <si>
     <t>1-10-SEA 25 (15:00) 26-Kevin White ran to SEA 29 for 4 yards. Tackle by 95-Richard Collins. K.C 95-Richard Collins was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#9 James Polly - QB</t>
   </si>
   <si>
     <t>#26 Kevin White - RB</t>
   </si>
   <si>
-    <t>#37 James Heidrick - FB</t>
+    <t>#38 James Heidrick - FB</t>
   </si>
   <si>
     <t>#84 Harold Sheller - TE</t>
   </si>
   <si>
     <t>#16 Hubert Langhorne - WR</t>
   </si>
   <si>
     <t>#13 Lawrence Parker - WR</t>
   </si>
   <si>
     <t>#59 Terry Carpenter - LT</t>
   </si>
   <si>
-    <t>#66 Chester Winters - LG</t>
+    <t>#68 Chester Winters - LG</t>
   </si>
   <si>
     <t>#62 Carl Lewis - C</t>
   </si>
   <si>
     <t>#79 Michael Tobin - RG</t>
   </si>
   <si>
     <t>#51 Vernon Lee - RT</t>
   </si>
   <si>
     <t>#77 Edward Hayes - LDE</t>
   </si>
   <si>
     <t>#67 Stanley Wood - DT</t>
   </si>
   <si>
     <t>#58 James Perez - DT</t>
   </si>
   <si>
     <t>#77 Lance Brown - RDE</t>
   </si>
   <si>
     <t>#56 Jeff Brady - WLB</t>
   </si>
@@ -692,51 +692,51 @@
   <si>
     <t>3-18-SEA 44 (8:11) 1-Steven Herrera pass Pass knocked down by 48-Bruce Robinson. incomplete, intended for 15-Gilbert Martin.</t>
   </si>
   <si>
     <t>#50 Eric Newby - RG</t>
   </si>
   <si>
     <t>8:07</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-18-SEA 44 (8:08) 10-Ralph Hammack punts 37 yards to SEA 6.</t>
   </si>
   <si>
     <t>#10 Ralph Hammack - P</t>
   </si>
   <si>
     <t>#73 John Branch - RT</t>
   </si>
   <si>
-    <t>#78 Travis Mendez - C</t>
+    <t>#68 Travis Mendez - C</t>
   </si>
   <si>
     <t>#98 Taylor Camacho - RDE</t>
   </si>
   <si>
     <t>7:58</t>
   </si>
   <si>
     <t>SEA 6</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>1-10-SEA 6 (7:59) 26-Kevin White ran to SEA 14 for 7 yards. Tackle by 48-Paul Andrews.</t>
   </si>
   <si>
     <t>7:20</t>
   </si>
   <si>
     <t>SEA 14</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
@@ -1673,51 +1673,51 @@
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>3-12-SEA 40 (9:10) 9-James Polly ran to SEA 50 for 9 yards. Tackle by 73-Lance Brown.</t>
   </si>
   <si>
     <t>8:28</t>
   </si>
   <si>
     <t>SEA 50</t>
   </si>
   <si>
     <t>4-3-SEA 50 (8:27) 10-Edmund Aubin punts 38 yards to K.C 12.</t>
   </si>
   <si>
     <t>8:18</t>
   </si>
   <si>
     <t>K.C 12</t>
   </si>
   <si>
     <t>1-10-K.C 12 (8:19) 47-Randy Dennis ran to K.C 16 for 4 yards. Tackle by 99-Tyrone Thompson.</t>
   </si>
   <si>
-    <t>#73 Anthony Carl - DT</t>
+    <t>#39 Anthony Carl - FS</t>
   </si>
   <si>
     <t>7:41</t>
   </si>
   <si>
     <t>2-6-K.C 16 (7:40) 28-Robert Johnson ran to K.C 24 for 8 yards. Tackle by 25-Mario Kearns.</t>
   </si>
   <si>
     <t>7:03</t>
   </si>
   <si>
     <t>1-10-K.C 24 (7:02) 47-Randy Dennis ran to K.C 25 for 1 yards. Tackle by 99-Tyrone Thompson.</t>
   </si>
   <si>
     <t>K.C 25</t>
   </si>
   <si>
     <t>2-9-K.C 25 (6:20) 22-Fredrick Tadlock ran to K.C 26 for 1 yards. 22-Fredrick Tadlock FUMBLES (65-Louis Gibbs) recovered by K.C-77-James Roosevelt at K.C 29. Tackle by 95-Lee Garcia.</t>
   </si>
   <si>
     <t>5:48</t>
   </si>
   <si>
     <t>K.C 29</t>
   </si>