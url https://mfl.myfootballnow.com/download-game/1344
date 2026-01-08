--- v1 (2025-12-07)
+++ v2 (2026-01-08)
@@ -362,51 +362,51 @@
   <si>
     <t>#38 James Heidrick - FB</t>
   </si>
   <si>
     <t>#84 Harold Sheller - TE</t>
   </si>
   <si>
     <t>#16 Hubert Langhorne - WR</t>
   </si>
   <si>
     <t>#13 Lawrence Parker - WR</t>
   </si>
   <si>
     <t>#59 Terry Carpenter - LT</t>
   </si>
   <si>
     <t>#68 Chester Winters - LG</t>
   </si>
   <si>
     <t>#62 Carl Lewis - C</t>
   </si>
   <si>
     <t>#79 Michael Tobin - RG</t>
   </si>
   <si>
-    <t>#51 Vernon Lee - RT</t>
+    <t>#77 Vernon Lee - RT</t>
   </si>
   <si>
     <t>#77 Edward Hayes - LDE</t>
   </si>
   <si>
     <t>#67 Stanley Wood - DT</t>
   </si>
   <si>
     <t>#58 James Perez - DT</t>
   </si>
   <si>
     <t>#77 Lance Brown - RDE</t>
   </si>
   <si>
     <t>#56 Jeff Brady - WLB</t>
   </si>
   <si>
     <t>#95 Richard Collins - MLB</t>
   </si>
   <si>
     <t>#57 Scott Oneil - WLB</t>
   </si>
   <si>
     <t>#35 John Edwards - CB</t>
   </si>
@@ -695,51 +695,51 @@
   <si>
     <t>#50 Eric Newby - RG</t>
   </si>
   <si>
     <t>8:07</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-18-SEA 44 (8:08) 10-Ralph Hammack punts 37 yards to SEA 6.</t>
   </si>
   <si>
     <t>#10 Ralph Hammack - P</t>
   </si>
   <si>
     <t>#73 John Branch - RT</t>
   </si>
   <si>
     <t>#68 Travis Mendez - C</t>
   </si>
   <si>
-    <t>#98 Taylor Camacho - RDE</t>
+    <t>#97 Taylor Camacho - LDE</t>
   </si>
   <si>
     <t>7:58</t>
   </si>
   <si>
     <t>SEA 6</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>1-10-SEA 6 (7:59) 26-Kevin White ran to SEA 14 for 7 yards. Tackle by 48-Paul Andrews.</t>
   </si>
   <si>
     <t>7:20</t>
   </si>
   <si>
     <t>SEA 14</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>