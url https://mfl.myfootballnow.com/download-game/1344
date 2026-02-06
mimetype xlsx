--- v2 (2026-01-08)
+++ v3 (2026-02-06)
@@ -311,102 +311,102 @@
   <si>
     <t>#55 Erik Barnett - MLB</t>
   </si>
   <si>
     <t>#48 Bruce Robinson - CB</t>
   </si>
   <si>
     <t>#67 Derrick Cecil - RDE</t>
   </si>
   <si>
     <t>#94 Louis Gibbs - DT</t>
   </si>
   <si>
     <t>#68 Joseph Leon - RG</t>
   </si>
   <si>
     <t>#28 John Moffitt - CB</t>
   </si>
   <si>
     <t>#92 Dwight Peek - WLB</t>
   </si>
   <si>
     <t>#31 Jason Feld - CB</t>
   </si>
   <si>
-    <t>#53 Tyrone Thompson - SLB</t>
+    <t>#96 Tyrone Thompson - RDE</t>
   </si>
   <si>
     <t>#2 Earl Fielding - K</t>
   </si>
   <si>
     <t>SEA</t>
   </si>
   <si>
     <t>SEA 25</t>
   </si>
   <si>
     <t>Split Backs Normal Weak Pitch Sweep</t>
   </si>
   <si>
     <t>46 Normal Inside Blitz</t>
   </si>
   <si>
     <t>1-10-SEA 25 (15:00) 26-Kevin White ran to SEA 29 for 4 yards. Tackle by 95-Richard Collins. K.C 95-Richard Collins was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#9 James Polly - QB</t>
   </si>
   <si>
     <t>#26 Kevin White - RB</t>
   </si>
   <si>
     <t>#38 James Heidrick - FB</t>
   </si>
   <si>
     <t>#84 Harold Sheller - TE</t>
   </si>
   <si>
     <t>#16 Hubert Langhorne - WR</t>
   </si>
   <si>
     <t>#13 Lawrence Parker - WR</t>
   </si>
   <si>
     <t>#59 Terry Carpenter - LT</t>
   </si>
   <si>
     <t>#68 Chester Winters - LG</t>
   </si>
   <si>
     <t>#62 Carl Lewis - C</t>
   </si>
   <si>
     <t>#79 Michael Tobin - RG</t>
   </si>
   <si>
-    <t>#77 Vernon Lee - RT</t>
+    <t>#66 Vernon Lee - RG</t>
   </si>
   <si>
     <t>#77 Edward Hayes - LDE</t>
   </si>
   <si>
     <t>#67 Stanley Wood - DT</t>
   </si>
   <si>
     <t>#58 James Perez - DT</t>
   </si>
   <si>
     <t>#77 Lance Brown - RDE</t>
   </si>
   <si>
     <t>#56 Jeff Brady - WLB</t>
   </si>
   <si>
     <t>#95 Richard Collins - MLB</t>
   </si>
   <si>
     <t>#57 Scott Oneil - WLB</t>
   </si>
   <si>
     <t>#35 John Edwards - CB</t>
   </si>
@@ -692,51 +692,51 @@
   <si>
     <t>3-18-SEA 44 (8:11) 1-Steven Herrera pass Pass knocked down by 48-Bruce Robinson. incomplete, intended for 15-Gilbert Martin.</t>
   </si>
   <si>
     <t>#50 Eric Newby - RG</t>
   </si>
   <si>
     <t>8:07</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-18-SEA 44 (8:08) 10-Ralph Hammack punts 37 yards to SEA 6.</t>
   </si>
   <si>
     <t>#10 Ralph Hammack - P</t>
   </si>
   <si>
     <t>#73 John Branch - RT</t>
   </si>
   <si>
-    <t>#68 Travis Mendez - C</t>
+    <t>#54 Travis Mendez - C</t>
   </si>
   <si>
     <t>#97 Taylor Camacho - LDE</t>
   </si>
   <si>
     <t>7:58</t>
   </si>
   <si>
     <t>SEA 6</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>1-10-SEA 6 (7:59) 26-Kevin White ran to SEA 14 for 7 yards. Tackle by 48-Paul Andrews.</t>
   </si>
   <si>
     <t>7:20</t>
   </si>
   <si>
     <t>SEA 14</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>