--- v0 (2025-11-08)
+++ v1 (2025-12-07)
@@ -335,51 +335,51 @@
   <si>
     <t>#53 Thomas Christian - WLB</t>
   </si>
   <si>
     <t>#6 Justin Wright - K</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>IND 33</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-IND 33 (14:55) 37-Maurice Allen ran to IND 37 for 4 yards. Tackle by 94-Dennis Chandler. PENALTY - Offsides (L.V 97-Randal Taylor)</t>
   </si>
   <si>
-    <t>#19 Daniel Hill - QB</t>
+    <t>#14 Daniel Hill - QB</t>
   </si>
   <si>
     <t>#37 Maurice Allen - RB</t>
   </si>
   <si>
     <t>#49 Lawrence Burks - RB</t>
   </si>
   <si>
     <t>#6 Paul Latham - FB</t>
   </si>
   <si>
     <t>#88 James Richardson - TE</t>
   </si>
   <si>
     <t>#89 Edison Boyd - TE</t>
   </si>
   <si>
     <t>#79 Melvin Ditch - LT</t>
   </si>
   <si>
     <t>#70 Matthew Smith - LG</t>
   </si>
   <si>
     <t>#59 Raymond McGee - RG</t>
   </si>
@@ -416,51 +416,51 @@
   <si>
     <t>#41 Vincent Mattison - CB</t>
   </si>
   <si>
     <t>#25 Frank Sayre - CB</t>
   </si>
   <si>
     <t>14:51</t>
   </si>
   <si>
     <t>IND 38</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>1-5-IND 38 (14:52) 19-Daniel Hill pass incomplete, dropped by 80-James Wade. Pressure by 64-Paul Moreno.</t>
   </si>
   <si>
     <t>#36 Larry Burdick - RB</t>
   </si>
   <si>
-    <t>#82 Kenneth Cheek - WR</t>
+    <t>#17 Kenneth Cheek - WR</t>
   </si>
   <si>
     <t>#14 Allen Cooper - WR</t>
   </si>
   <si>
     <t>#90 Thomas Amos - DT</t>
   </si>
   <si>
     <t>#98 Cyril Thomas - RDE</t>
   </si>
   <si>
     <t>#44 Ronald Patterson - CB</t>
   </si>
   <si>
     <t>#35 Lucas Hogan - SS</t>
   </si>
   <si>
     <t>#29 Gene Garrison - FS</t>
   </si>
   <si>
     <t>14:47</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
@@ -599,51 +599,51 @@
   <si>
     <t>L.V 25</t>
   </si>
   <si>
     <t>I Formation Big HB Outside Weak</t>
   </si>
   <si>
     <t>1-10-L.V 25 (10:08) 32-Stanton Copeland ran to L.V 35 for 10 yards. Tackle by 40-Marc Hornyak.</t>
   </si>
   <si>
     <t>#2 Don Allen - QB</t>
   </si>
   <si>
     <t>#43 William Beard - RB</t>
   </si>
   <si>
     <t>#86 Ben Rodman - TE</t>
   </si>
   <si>
     <t>#18 Alan Gray - WR</t>
   </si>
   <si>
     <t>#82 Keith Salguero - WR</t>
   </si>
   <si>
-    <t>#79 Arnold King - LT</t>
+    <t>#61 Arnold King - LG</t>
   </si>
   <si>
     <t>#60 Larry Davis - LG</t>
   </si>
   <si>
     <t>#69 Louis Sanders - C</t>
   </si>
   <si>
     <t>#71 Kenneth Murray - C</t>
   </si>
   <si>
     <t>#52 Jason Diaz - RT</t>
   </si>
   <si>
     <t>#61 Don Morel - LDE</t>
   </si>
   <si>
     <t>#94 Hershel Wyman - LDE</t>
   </si>
   <si>
     <t>#92 David Jarvis - DT</t>
   </si>
   <si>
     <t>#71 Michael Cummings - DT</t>
   </si>
@@ -1067,51 +1067,51 @@
   <si>
     <t>9:55</t>
   </si>
   <si>
     <t>L.V 30</t>
   </si>
   <si>
     <t>I Formation 3WR FL Post</t>
   </si>
   <si>
     <t>1-10-L.V 30 (9:54) 2-Don Allen pass complete to 32-Stanton Copeland to L.V 34 for 4 yards. Tackle by 96-Cesar Scarborough. PENALTY - Pass Interference (IND 33-Casey Spann)</t>
   </si>
   <si>
     <t>9:49</t>
   </si>
   <si>
     <t>1-10-L.V 37 (9:50) 2-Don Allen pass complete to 87-David Scott to L.V 40 for 3 yards. Tackle by 51-James Wright.</t>
   </si>
   <si>
     <t>9:08</t>
   </si>
   <si>
     <t>2-7-L.V 40 (9:07) 32-Stanton Copeland ran to L.V 42 for 2 yards. Tackle by 51-James Wright.</t>
   </si>
   <si>
-    <t>#89 Eric Warner - TE</t>
+    <t>#88 Eric Warner - TE</t>
   </si>
   <si>
     <t>8:29</t>
   </si>
   <si>
     <t>Split Backs 3 Wide RB Curls</t>
   </si>
   <si>
     <t>3-5-L.V 42 (8:28) 2-Don Allen pass complete to 43-William Beard to L.V 49 for 7 yards. Tackle by 51-James Wright.</t>
   </si>
   <si>
     <t>7:47</t>
   </si>
   <si>
     <t>L.V 49</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>1-10-L.V 49 (7:46) 2-Don Allen pass complete to 14-Charles Phillips to IND 39 for 12 yards. Tackle by 22-James Power.</t>
   </si>
   <si>
     <t>#30 Bruce Hall - RB</t>
   </si>