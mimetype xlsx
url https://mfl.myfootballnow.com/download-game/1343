--- v1 (2025-12-07)
+++ v2 (2026-02-07)
@@ -299,51 +299,51 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 6-Justin Wright kicks 64 yards from L.V 35 to IND 1. 80-James Wade to IND 33 for 33 yards. Tackle by 6-Justin Wright.</t>
   </si>
   <si>
     <t>#88 James Wade - WR</t>
   </si>
   <si>
     <t>#96 Stanley Gibson - MLB</t>
   </si>
   <si>
     <t>#78 Andrew Higgins - C</t>
   </si>
   <si>
     <t>#32 Maurice Mojica - CB</t>
   </si>
   <si>
     <t>#40 Marc Hornyak - CB</t>
   </si>
   <si>
     <t>#94 Cesar Scarborough - MLB</t>
   </si>
   <si>
-    <t>#92 Robert Novello - DT</t>
+    <t>#64 Robert Novello - DT</t>
   </si>
   <si>
     <t>#63 Taylor Brooks - RDE</t>
   </si>
   <si>
     <t>#33 Casey Spann - FS</t>
   </si>
   <si>
     <t>#58 Leonel Merritt - SLB</t>
   </si>
   <si>
     <t>#53 Thomas Christian - WLB</t>
   </si>
   <si>
     <t>#6 Justin Wright - K</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>IND 33</t>
   </si>
@@ -365,72 +365,72 @@
   <si>
     <t>#49 Lawrence Burks - RB</t>
   </si>
   <si>
     <t>#6 Paul Latham - FB</t>
   </si>
   <si>
     <t>#88 James Richardson - TE</t>
   </si>
   <si>
     <t>#89 Edison Boyd - TE</t>
   </si>
   <si>
     <t>#79 Melvin Ditch - LT</t>
   </si>
   <si>
     <t>#70 Matthew Smith - LG</t>
   </si>
   <si>
     <t>#59 Raymond McGee - RG</t>
   </si>
   <si>
     <t>#75 Matthew Vickers - RT</t>
   </si>
   <si>
-    <t>#66 Jack Wright - DT</t>
+    <t>#61 Jack Wright - DT</t>
   </si>
   <si>
     <t>#79 Tom Meurer - RDE</t>
   </si>
   <si>
     <t>#97 Paul Moreno - DT</t>
   </si>
   <si>
     <t>#77 Roy Day - DT</t>
   </si>
   <si>
     <t>#97 Randal Taylor - RDE</t>
   </si>
   <si>
     <t>#54 James Stjohn - SLB</t>
   </si>
   <si>
     <t>#94 Dennis Chandler - WLB</t>
   </si>
   <si>
-    <t>#96 Douglas Davis - WLB</t>
+    <t>#96 Douglas Davis - LDE</t>
   </si>
   <si>
     <t>#37 Oscar Dominguez - CB</t>
   </si>
   <si>
     <t>#41 Vincent Mattison - CB</t>
   </si>
   <si>
     <t>#25 Frank Sayre - CB</t>
   </si>
   <si>
     <t>14:51</t>
   </si>
   <si>
     <t>IND 38</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>1-5-IND 38 (14:52) 19-Daniel Hill pass incomplete, dropped by 80-James Wade. Pressure by 64-Paul Moreno.</t>
   </si>