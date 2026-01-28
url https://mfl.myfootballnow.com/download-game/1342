--- v0 (2025-12-29)
+++ v1 (2026-01-28)
@@ -446,51 +446,51 @@
   <si>
     <t>#95 Curtis Grady - WLB</t>
   </si>
   <si>
     <t>#26 Michael Stewart - CB</t>
   </si>
   <si>
     <t>#21 Michael Cohen - CB</t>
   </si>
   <si>
     <t>13:28</t>
   </si>
   <si>
     <t>CLE 47</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>2-7-CLE 47 (13:27) 47-Darryl Lam ran to CLE 46 for 1 yards. Tackle by 91-Nigel Stabler.</t>
   </si>
   <si>
-    <t>#94 Kenny Diaz - RDE</t>
+    <t>#55 Kenny Diaz - RDE</t>
   </si>
   <si>
     <t>12:55</t>
   </si>
   <si>
     <t>CLE 46</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle Deep Man</t>
   </si>
   <si>
     <t>3-6-CLE 46 (12:54) 47-Darryl Lam ran to CLE 44 for 2 yards. Tackle by 76-David Scott.</t>
   </si>
   <si>
     <t>#38 Joseph Salazar - SS</t>
   </si>
   <si>
     <t>12:21</t>
   </si>
   <si>
     <t>CLE 44</t>
   </si>