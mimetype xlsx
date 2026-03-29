--- v1 (2026-01-28)
+++ v2 (2026-03-29)
@@ -302,171 +302,171 @@
   <si>
     <t>(15:00) 12-Steven Perkins kicks 72 yards from CLE 35 to STL -7. 47-Darryl Lam to STL 26 for 33 yards. Tackle by 15-Matthew Jamison.</t>
   </si>
   <si>
     <t>#47 Darryl Lam - RB</t>
   </si>
   <si>
     <t>#10 Nathan Palmer - WR</t>
   </si>
   <si>
     <t>#41 Blaine Archibald - FS</t>
   </si>
   <si>
     <t>#47 James Rodriguez - SS</t>
   </si>
   <si>
     <t>#60 Thomas Hartle - DT</t>
   </si>
   <si>
     <t>#98 Gustavo Gove - LDE</t>
   </si>
   <si>
     <t>#94 William Walls - MLB</t>
   </si>
   <si>
-    <t>#96 Bruce Waddington - LDE</t>
+    <t>#53 Bruce Waddington - LDE</t>
   </si>
   <si>
     <t>#77 Johnnie Lanza - RDE</t>
   </si>
   <si>
     <t>#55 Nicholas Webb - MLB</t>
   </si>
   <si>
-    <t>#61 Archie Hurlburt - DT</t>
+    <t>#65 Archie Hurlburt - DT</t>
   </si>
   <si>
     <t>#9 Steven Perkins - K</t>
   </si>
   <si>
     <t>STL</t>
   </si>
   <si>
     <t>14:53</t>
   </si>
   <si>
     <t>STL 26</t>
   </si>
   <si>
     <t>Weak I Big WR Post TE Out</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-STL 26 (14:54) 6-Howard Gann pass complete to 23-Henry Hemingway to STL 49 for 23 yards. 23-Henry Hemingway FUMBLES (47-Felipe Winslow) 23-Henry Hemingway breaks down the CB.</t>
   </si>
   <si>
     <t>#6 Howard Gann - QB</t>
   </si>
   <si>
     <t>#23 Henry Hemingway - RB</t>
   </si>
   <si>
     <t>#44 Michael Balfour - FB</t>
   </si>
   <si>
     <t>#82 Micheal Vance - TE</t>
   </si>
   <si>
-    <t>#83 Jerome Bryant - TE</t>
+    <t>#84 Jerome Bryant - TE</t>
   </si>
   <si>
     <t>#10 Charlie Starr - WR</t>
   </si>
   <si>
     <t>#79 Kevin Peterson - LT</t>
   </si>
   <si>
     <t>#66 William Turner - LG</t>
   </si>
   <si>
     <t>#57 Jeremy McClendon - C</t>
   </si>
   <si>
     <t>#78 James Johnson - RG</t>
   </si>
   <si>
     <t>#76 Christopher Wray - RT</t>
   </si>
   <si>
     <t>#75 Stuart Arechiga - LDE</t>
   </si>
   <si>
-    <t>#52 Dewey Laura - RDE</t>
+    <t>#64 Dewey Laura - RDE</t>
   </si>
   <si>
     <t>#94 David Scott - DT</t>
   </si>
   <si>
     <t>#97 Arthur Crane - DT</t>
   </si>
   <si>
     <t>#91 Nigel Stabler - RDE</t>
   </si>
   <si>
     <t>#51 Anthony Alicea - SLB</t>
   </si>
   <si>
     <t>#96 Ralph Groesbeck - MLB</t>
   </si>
   <si>
     <t>#93 Christopher Ocampo - WLB</t>
   </si>
   <si>
-    <t>#47 Felipe Winslow - CB</t>
+    <t>#28 Felipe Winslow - CB</t>
   </si>
   <si>
     <t>#33 James Grady - CB</t>
   </si>
   <si>
     <t>#49 David Martin - SS</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>CLE 50</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-CLE 50 (14:12) 6-Howard Gann pass complete to 47-Darryl Lam to CLE 47 for 3 yards. Tackle by 96-Curtis Grady.</t>
   </si>
   <si>
     <t>#17 David Whitworth - WR</t>
   </si>
   <si>
     <t>#83 Arthur Martin - WR</t>
   </si>
   <si>
-    <t>#95 Curtis Grady - WLB</t>
+    <t>#58 Curtis Grady - WLB</t>
   </si>
   <si>
     <t>#26 Michael Stewart - CB</t>
   </si>
   <si>
     <t>#21 Michael Cohen - CB</t>
   </si>
   <si>
     <t>13:28</t>
   </si>
   <si>
     <t>CLE 47</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>2-7-CLE 47 (13:27) 47-Darryl Lam ran to CLE 46 for 1 yards. Tackle by 91-Nigel Stabler.</t>
   </si>
   <si>
     <t>#55 Kenny Diaz - RDE</t>
   </si>