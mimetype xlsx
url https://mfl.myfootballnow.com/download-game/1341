--- v0 (2025-11-03)
+++ v1 (2025-12-08)
@@ -383,51 +383,51 @@
   <si>
     <t>#87 Thomas Davis - LDE</t>
   </si>
   <si>
     <t>#63 Darryl Anderson - DT</t>
   </si>
   <si>
     <t>#60 Kevin Stokes - RDE</t>
   </si>
   <si>
     <t>#97 Matthew Clark - MLB</t>
   </si>
   <si>
     <t>#21 Keith Mason - CB</t>
   </si>
   <si>
     <t>#44 Glen Clark - CB</t>
   </si>
   <si>
     <t>#47 Benjamin Summers - CB</t>
   </si>
   <si>
     <t>#21 Alphonso Chevalier - CB</t>
   </si>
   <si>
-    <t>#50 Robert Rowe - SLB</t>
+    <t>#50 Robert Rowe - MLB</t>
   </si>
   <si>
     <t>#46 Brian Armstrong - SS</t>
   </si>
   <si>
     <t>#43 Kenneth Stanley - FS</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>Split Backs Normal Skinny Post Corner</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-10-N.O 25 (14:56) 18-Johnny Ringo pass complete to 40-Billy  Willy to N.O 30 for 5 yards.</t>
   </si>
   <si>
     <t>#21 Rocky Starr - RB</t>
   </si>
   <si>
     <t>#40 Billy  Willy - FB</t>
   </si>
@@ -494,51 +494,51 @@
   <si>
     <t>13:26</t>
   </si>
   <si>
     <t>ATL 26</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-ATL 26 (13:27) 8-Glen Goslin pass Pass knocked down by 55-Ted Matheson. incomplete, intended for 81-Dennis Wallace. Pressure by 97-Michael Jefferson.</t>
   </si>
   <si>
     <t>#8 Glen Goslin - QB</t>
   </si>
   <si>
     <t>#23 Jeffery Fitzpatrick - RB</t>
   </si>
   <si>
     <t>#81 Dennis Wallace - TE</t>
   </si>
   <si>
-    <t>#87 Terry Satter - TE</t>
+    <t>#83 Terry Satter - TE</t>
   </si>
   <si>
     <t>#85 Javier Hannah - WR</t>
   </si>
   <si>
     <t>#76 Patrick Dodge - LT</t>
   </si>
   <si>
     <t>#77 Carlos Wiles - LG</t>
   </si>
   <si>
     <t>#60 Chester Schatz - C</t>
   </si>
   <si>
     <t>#71 George Hurlburt - RG</t>
   </si>
   <si>
     <t>#68 Robin Linsley - RT</t>
   </si>
   <si>
     <t>#5 Forrest Trump - LDE</t>
   </si>
   <si>
     <t>#95 William Napoleon - DT</t>
   </si>
@@ -668,66 +668,66 @@
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>2-8-ATL 27 (10:38) 8-Glen Goslin pass incomplete, intended for 11-Ronald McDonald.</t>
   </si>
   <si>
     <t>#11 Ronald McDonald - WR</t>
   </si>
   <si>
     <t>#39 Harry Martinez - CB</t>
   </si>
   <si>
     <t>10:33</t>
   </si>
   <si>
     <t>Singleback Big HB Inside Strong</t>
   </si>
   <si>
     <t>3-8-ATL 27 (10:34) 23-Jeffery Fitzpatrick ran to ATL 31 for 4 yards. Tackle by 5-Forrest Trump.</t>
   </si>
   <si>
-    <t>#92 Victor Herbert - MLB</t>
+    <t>#92 Victor Herbert - SLB</t>
   </si>
   <si>
     <t>#59 Richard Williams - WLB</t>
   </si>
   <si>
     <t>9:56</t>
   </si>
   <si>
     <t>ATL 31</t>
   </si>
   <si>
     <t>4-4-ATL 31 (9:55) 18-Eddie Moreno punts 48 yards to N.O 21. Fair Catch by 80-Hayden Jude.</t>
   </si>
   <si>
-    <t>#18 Eddie Moreno - P</t>
+    <t>#6 Eddie Moreno - P</t>
   </si>
   <si>
     <t>#55 John Purvis - LT</t>
   </si>
   <si>
     <t>#67 Kristopher Larrison - C</t>
   </si>
   <si>
     <t>#63 Mark Isabelle - RT</t>
   </si>
   <si>
     <t>#71 Leonard Carter - C</t>
   </si>
   <si>
     <t>#91 Alan Robles - WLB</t>
   </si>
   <si>
     <t>9:47</t>
   </si>
   <si>
     <t>N.O 21</t>
   </si>
   <si>
     <t>1-10-N.O 21 (9:48) 28-Dan Griffin ran to N.O 25 for 4 yards. Tackle by 32-Kenneth Stanley.</t>
   </si>
@@ -2349,69 +2349,69 @@
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="337.346" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>