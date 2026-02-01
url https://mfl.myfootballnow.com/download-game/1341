--- v1 (2025-12-08)
+++ v2 (2026-02-01)
@@ -467,51 +467,51 @@
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-N.O 33 (13:34) 9-James Howard punts 41 yards to ATL 26. Fair Catch by 12-Willie Ketchum.</t>
   </si>
   <si>
     <t>#9 James Howard - P</t>
   </si>
   <si>
     <t>#11 Willie Ketchum - WR</t>
   </si>
   <si>
     <t>#78 John Miller - RT</t>
   </si>
   <si>
     <t>#77 Anthony Robinson - LG</t>
   </si>
   <si>
     <t>#97 Robert Robinson - SLB</t>
   </si>
   <si>
-    <t>#99 Austin Anderson - MLB</t>
+    <t>#95 Austin Anderson - MLB</t>
   </si>
   <si>
     <t>13:26</t>
   </si>
   <si>
     <t>ATL 26</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-ATL 26 (13:27) 8-Glen Goslin pass Pass knocked down by 55-Ted Matheson. incomplete, intended for 81-Dennis Wallace. Pressure by 97-Michael Jefferson.</t>
   </si>
   <si>
     <t>#8 Glen Goslin - QB</t>
   </si>
   <si>
     <t>#23 Jeffery Fitzpatrick - RB</t>
   </si>
   <si>
     <t>#81 Dennis Wallace - TE</t>
   </si>
@@ -605,51 +605,51 @@
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>3-9-ATL 36 (11:58) 21-Rocky Starr ran to ATL 29 for 7 yards. Tackle by 44-Glen Clark.</t>
   </si>
   <si>
     <t>11:23</t>
   </si>
   <si>
     <t>ATL 29</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-1-ATL 29 (11:22) 8-Boris Tschida 46 yard field goal is GOOD. N.O 3 ATL 0</t>
   </si>
   <si>
     <t>#8 Boris Tschida - K</t>
   </si>
   <si>
-    <t>#52 Barry Wilson - C</t>
+    <t>#62 Barry Wilson - C</t>
   </si>
   <si>
     <t>#59 Ned Hixon - LDE</t>
   </si>
   <si>
     <t>11:18</t>
   </si>
   <si>
     <t>N.O 35</t>
   </si>
   <si>
     <t>(11:19) 8-Boris Tschida kicks 74 yards from N.O 35 to ATL -9. Touchback.</t>
   </si>
   <si>
     <t>ATL 25</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>1-10-ATL 25 (11:19) 8-Glen Goslin pass complete to 85-Javier Hannah to ATL 35 for 10 yards. Tackle by 31-Joseph Morgan.</t>
   </si>
   <si>
     <t>10:44</t>
   </si>
@@ -668,72 +668,72 @@
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>2-8-ATL 27 (10:38) 8-Glen Goslin pass incomplete, intended for 11-Ronald McDonald.</t>
   </si>
   <si>
     <t>#11 Ronald McDonald - WR</t>
   </si>
   <si>
     <t>#39 Harry Martinez - CB</t>
   </si>
   <si>
     <t>10:33</t>
   </si>
   <si>
     <t>Singleback Big HB Inside Strong</t>
   </si>
   <si>
     <t>3-8-ATL 27 (10:34) 23-Jeffery Fitzpatrick ran to ATL 31 for 4 yards. Tackle by 5-Forrest Trump.</t>
   </si>
   <si>
-    <t>#92 Victor Herbert - SLB</t>
+    <t>#94 Victor Herbert - SLB</t>
   </si>
   <si>
     <t>#59 Richard Williams - WLB</t>
   </si>
   <si>
     <t>9:56</t>
   </si>
   <si>
     <t>ATL 31</t>
   </si>
   <si>
     <t>4-4-ATL 31 (9:55) 18-Eddie Moreno punts 48 yards to N.O 21. Fair Catch by 80-Hayden Jude.</t>
   </si>
   <si>
-    <t>#6 Eddie Moreno - P</t>
+    <t>#3 Eddie Moreno - P</t>
   </si>
   <si>
     <t>#55 John Purvis - LT</t>
   </si>
   <si>
-    <t>#67 Kristopher Larrison - C</t>
+    <t>#50 Kristopher Larrison - C</t>
   </si>
   <si>
     <t>#63 Mark Isabelle - RT</t>
   </si>
   <si>
     <t>#71 Leonard Carter - C</t>
   </si>
   <si>
     <t>#91 Alan Robles - WLB</t>
   </si>
   <si>
     <t>9:47</t>
   </si>
   <si>
     <t>N.O 21</t>
   </si>
   <si>
     <t>1-10-N.O 21 (9:48) 28-Dan Griffin ran to N.O 25 for 4 yards. Tackle by 32-Kenneth Stanley.</t>
   </si>
   <si>
     <t>9:05</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>