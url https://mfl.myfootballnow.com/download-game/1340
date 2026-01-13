--- v0 (2025-10-14)
+++ v1 (2026-01-13)
@@ -335,240 +335,240 @@
   <si>
     <t>#40 Joseph Walden - CB</t>
   </si>
   <si>
     <t>#2 Richard Pressley - K</t>
   </si>
   <si>
     <t>MMR</t>
   </si>
   <si>
     <t>MMR 25</t>
   </si>
   <si>
     <t>Singleback 4 Wide Quick Outs</t>
   </si>
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>1-10-MIL 25 (15:00) 9-John Frazier pass Pass knocked down by 43-David Westlund. incomplete, intended for 17-Dale Foreman.</t>
   </si>
   <si>
     <t>#14 John Frazier - QB</t>
   </si>
   <si>
-    <t>#26 Mitchell Riddle - RB</t>
+    <t>#33 Mitchell Riddle - RB</t>
   </si>
   <si>
     <t>#10 Logan Martinez - WR</t>
   </si>
   <si>
     <t>#13 Robert Parson - WR</t>
   </si>
   <si>
     <t>#15 Dale Foreman - WR</t>
   </si>
   <si>
     <t>#55 Thomas Saenz - LT</t>
   </si>
   <si>
-    <t>#56 Gerald Townsend - LG</t>
+    <t>#56 Gerald Townsend - LT</t>
   </si>
   <si>
     <t>#73 Troy Wellman - C</t>
   </si>
   <si>
-    <t>#79 Steve Corral - RG</t>
+    <t>#78 Steve Corral - LT</t>
   </si>
   <si>
     <t>#51 Scott Keith - RT</t>
   </si>
   <si>
     <t>#90 Theodore Pierce - RDE</t>
   </si>
   <si>
     <t>#69 John Travis - DT</t>
   </si>
   <si>
     <t>#91 Edward Quintana - DT</t>
   </si>
   <si>
     <t>#75 Thomas Sage - RDE</t>
   </si>
   <si>
-    <t>#57 William Patterson - WLB</t>
+    <t>#57 William Patterson - SLB</t>
   </si>
   <si>
     <t>#44 Arthur Weber - CB</t>
   </si>
   <si>
     <t>#45 Charles Toscano - CB</t>
   </si>
   <si>
     <t>#38 Ismael Wooten - SS</t>
   </si>
   <si>
     <t>#43 David Westlund - CB</t>
   </si>
   <si>
-    <t>#41 Kenneth Miller - SS</t>
-[...2 lines deleted...]
-    <t>#28 Gary Merriweather - FS</t>
+    <t>#27 Kenneth Miller - SS</t>
+  </si>
+  <si>
+    <t>#27 Gary Merriweather - FS</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>Singleback 4 Wide Post and Curls</t>
   </si>
   <si>
     <t>Dime Flat Overload Blitz</t>
   </si>
   <si>
     <t>2-10-MIL 25 (14:58) 9-John Frazier pass complete to 86-Robert Parson for 75 yards. TOUCHDOWN! 38-Ismael Wooten got away with a hold on that play. MIL 6 DEN 0</t>
   </si>
   <si>
     <t>14:47</t>
   </si>
   <si>
     <t>DEN 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(14:48) Extra point GOOD by 7-Eric Ross. MIL 7 DEN 0</t>
   </si>
   <si>
     <t>#16 Norbert Armstrong - QB</t>
   </si>
   <si>
     <t>#64 Steve Curtis - RG</t>
   </si>
   <si>
     <t>#7 Eric Ross - K</t>
   </si>
   <si>
     <t>#77 John Lee - LT</t>
   </si>
   <si>
     <t>#55 Chester Vincent - RG</t>
   </si>
   <si>
     <t>#89 Bernard McChesney - TE</t>
   </si>
   <si>
-    <t>#42 John Croy - RB</t>
+    <t>#26 John Croy - RB</t>
   </si>
   <si>
     <t>#79 John Clayton - LDE</t>
   </si>
   <si>
     <t>#92 Carlos Gerner - LDE</t>
   </si>
   <si>
     <t>#57 Edward Hyler - RDE</t>
   </si>
   <si>
     <t>#70 Edward Dolezal - RDE</t>
   </si>
   <si>
     <t>#52 Rick Brumfield - SLB</t>
   </si>
   <si>
     <t>#70 Warren Robles - DT</t>
   </si>
   <si>
     <t>#99 Charles Lefebvre - MLB</t>
   </si>
   <si>
     <t>#91 Kevin Mata - SLB</t>
   </si>
   <si>
     <t>#64 James Williams - C</t>
   </si>
   <si>
     <t>MMR 35</t>
   </si>
   <si>
     <t>(14:48) 7-Eric Ross kicks 75 yards from MIL 35 to DEN -10. Touchback.</t>
   </si>
   <si>
     <t>#42 Robert Ackermann - RB</t>
   </si>
   <si>
     <t>#89 Jacob Taylor - WR</t>
   </si>
   <si>
-    <t>#76 Matt Manning - LT</t>
+    <t>#68 Matt Manning - C</t>
   </si>
   <si>
     <t>DEN 25</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-DEN 25 (14:48) 7-Robert Martin pass complete to 81-Wiley Huynh to DEN 32 for 7 yards. Tackle by 46-Jose Curtis. Pressure by 99-James Hobson.</t>
   </si>
   <si>
     <t>#11 Robert Martin - QB</t>
   </si>
   <si>
     <t>#81 Wiley Huynh - TE</t>
   </si>
   <si>
     <t>#87 Andy Chesser - WR</t>
   </si>
   <si>
     <t>#80 Scott Regalado - WR</t>
   </si>
   <si>
     <t>#11 Daniel Durham - WR</t>
   </si>
   <si>
     <t>#61 Robert Petersen - LT</t>
   </si>
   <si>
     <t>#65 Stanley Sanchez - LG</t>
   </si>
   <si>
     <t>#73 Joseph Miller - RT</t>
   </si>
   <si>
     <t>#90 August Parker - DT</t>
   </si>
   <si>
-    <t>#97 James Hobson - RDE</t>
+    <t>#97 James Hobson - WLB</t>
   </si>
   <si>
     <t>#78 Danny Green - DT</t>
   </si>
   <si>
     <t>#45 James Donovan - CB</t>
   </si>
   <si>
     <t>#41 Joe Perkins - CB</t>
   </si>
   <si>
     <t>14:02</t>
   </si>
   <si>
     <t>DEN 32</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>2-3-DEN 32 (14:01) 44-Robert Ackermann ran to DEN 42 for 10 yards. Tackle by 26-Jose Cleveland.</t>
   </si>
@@ -2292,51 +2292,51 @@
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="318.351" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="32.992" bestFit="true" customWidth="true" style="0"/>