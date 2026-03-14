--- v1 (2026-01-13)
+++ v2 (2026-03-14)
@@ -362,57 +362,57 @@
   <si>
     <t>#10 Logan Martinez - WR</t>
   </si>
   <si>
     <t>#13 Robert Parson - WR</t>
   </si>
   <si>
     <t>#15 Dale Foreman - WR</t>
   </si>
   <si>
     <t>#55 Thomas Saenz - LT</t>
   </si>
   <si>
     <t>#56 Gerald Townsend - LT</t>
   </si>
   <si>
     <t>#73 Troy Wellman - C</t>
   </si>
   <si>
     <t>#78 Steve Corral - LT</t>
   </si>
   <si>
     <t>#51 Scott Keith - RT</t>
   </si>
   <si>
-    <t>#90 Theodore Pierce - RDE</t>
+    <t>#65 Theodore Pierce - RDE</t>
   </si>
   <si>
     <t>#69 John Travis - DT</t>
   </si>
   <si>
-    <t>#91 Edward Quintana - DT</t>
+    <t>#92 Edward Quintana - DT</t>
   </si>
   <si>
     <t>#75 Thomas Sage - RDE</t>
   </si>
   <si>
     <t>#57 William Patterson - SLB</t>
   </si>
   <si>
     <t>#44 Arthur Weber - CB</t>
   </si>
   <si>
     <t>#45 Charles Toscano - CB</t>
   </si>
   <si>
     <t>#38 Ismael Wooten - SS</t>
   </si>
   <si>
     <t>#43 David Westlund - CB</t>
   </si>
   <si>
     <t>#27 Kenneth Miller - SS</t>
   </si>
   <si>
     <t>#27 Gary Merriweather - FS</t>
   </si>
@@ -422,93 +422,93 @@
   <si>
     <t>Singleback 4 Wide Post and Curls</t>
   </si>
   <si>
     <t>Dime Flat Overload Blitz</t>
   </si>
   <si>
     <t>2-10-MIL 25 (14:58) 9-John Frazier pass complete to 86-Robert Parson for 75 yards. TOUCHDOWN! 38-Ismael Wooten got away with a hold on that play. MIL 6 DEN 0</t>
   </si>
   <si>
     <t>14:47</t>
   </si>
   <si>
     <t>DEN 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(14:48) Extra point GOOD by 7-Eric Ross. MIL 7 DEN 0</t>
   </si>
   <si>
-    <t>#16 Norbert Armstrong - QB</t>
+    <t>#6 Norbert Armstrong - QB</t>
   </si>
   <si>
     <t>#64 Steve Curtis - RG</t>
   </si>
   <si>
     <t>#7 Eric Ross - K</t>
   </si>
   <si>
     <t>#77 John Lee - LT</t>
   </si>
   <si>
     <t>#55 Chester Vincent - RG</t>
   </si>
   <si>
     <t>#89 Bernard McChesney - TE</t>
   </si>
   <si>
     <t>#26 John Croy - RB</t>
   </si>
   <si>
     <t>#79 John Clayton - LDE</t>
   </si>
   <si>
     <t>#92 Carlos Gerner - LDE</t>
   </si>
   <si>
     <t>#57 Edward Hyler - RDE</t>
   </si>
   <si>
     <t>#70 Edward Dolezal - RDE</t>
   </si>
   <si>
     <t>#52 Rick Brumfield - SLB</t>
   </si>
   <si>
     <t>#70 Warren Robles - DT</t>
   </si>
   <si>
     <t>#99 Charles Lefebvre - MLB</t>
   </si>
   <si>
-    <t>#91 Kevin Mata - SLB</t>
+    <t>#50 Kevin Mata - SLB</t>
   </si>
   <si>
     <t>#64 James Williams - C</t>
   </si>
   <si>
     <t>MMR 35</t>
   </si>
   <si>
     <t>(14:48) 7-Eric Ross kicks 75 yards from MIL 35 to DEN -10. Touchback.</t>
   </si>
   <si>
     <t>#42 Robert Ackermann - RB</t>
   </si>
   <si>
     <t>#89 Jacob Taylor - WR</t>
   </si>
   <si>
     <t>#68 Matt Manning - C</t>
   </si>
   <si>
     <t>DEN 25</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
@@ -527,51 +527,51 @@
   <si>
     <t>#87 Andy Chesser - WR</t>
   </si>
   <si>
     <t>#80 Scott Regalado - WR</t>
   </si>
   <si>
     <t>#11 Daniel Durham - WR</t>
   </si>
   <si>
     <t>#61 Robert Petersen - LT</t>
   </si>
   <si>
     <t>#65 Stanley Sanchez - LG</t>
   </si>
   <si>
     <t>#73 Joseph Miller - RT</t>
   </si>
   <si>
     <t>#90 August Parker - DT</t>
   </si>
   <si>
     <t>#97 James Hobson - WLB</t>
   </si>
   <si>
-    <t>#78 Danny Green - DT</t>
+    <t>#71 Danny Green - DT</t>
   </si>
   <si>
     <t>#45 James Donovan - CB</t>
   </si>
   <si>
     <t>#41 Joe Perkins - CB</t>
   </si>
   <si>
     <t>14:02</t>
   </si>
   <si>
     <t>DEN 32</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>2-3-DEN 32 (14:01) 44-Robert Ackermann ran to DEN 42 for 10 yards. Tackle by 26-Jose Cleveland.</t>
   </si>
   <si>
     <t>#46 Robert Moore - FB</t>
   </si>
@@ -671,51 +671,51 @@
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>3-7-MIL 42 (10:44) 44-Robert Ackermann ran to MIL 39 for 2 yards. Tackle by 27-Jesse Pope.</t>
   </si>
   <si>
     <t>10:05</t>
   </si>
   <si>
     <t>MMR 39</t>
   </si>
   <si>
     <t>4-5-MIL 39 (10:04) 12-Richard Pressley 57 yard field goal is GOOD. MIL 7 DEN 3</t>
   </si>
   <si>
     <t>#7 Royce Ohara - QB</t>
   </si>
   <si>
     <t>#59 Robert Allgood - LT</t>
   </si>
   <si>
     <t>#91 David Sanders - LDE</t>
   </si>
   <si>
-    <t>#98 Russell Sears - LDE</t>
+    <t>#98 Russell Sears - DT</t>
   </si>
   <si>
     <t>9:59</t>
   </si>
   <si>
     <t>(10:00) 12-Richard Pressley kicks 74 yards from DEN 35 to MIL -9. Touchback.</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-MIL 25 (10:00) 31-Mitchell Riddle ran to MIL 37 for 12 yards. Tackle by 47-Kenneth Miller. MIL 86-Robert Parson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>9:18</t>
   </si>
   <si>
     <t>MMR 37</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
@@ -2278,86 +2278,86 @@
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CD173"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="318.351" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="32.992" bestFit="true" customWidth="true" style="0"/>