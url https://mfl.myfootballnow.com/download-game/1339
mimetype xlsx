--- v0 (2025-10-14)
+++ v1 (2025-12-23)
@@ -281,81 +281,81 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>S.F has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>DET</t>
   </si>
   <si>
     <t>DET 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 5-Abraham Young kicks 75 yards from DET 35 to S.F -10. 22-Stephen Clifton to S.F 21 for 31 yards. Tackle by 99-Moises Hu.</t>
   </si>
   <si>
-    <t>#40 Stephen Clifton - RB</t>
+    <t>#30 Stephen Clifton - RB</t>
   </si>
   <si>
     <t>#72 Jackie Weiss - C</t>
   </si>
   <si>
     <t>#74 Rafael Bond - RDE</t>
   </si>
   <si>
     <t>#93 Jeffrey Browne - LDE</t>
   </si>
   <si>
     <t>#93 Craig Montgomery - WLB</t>
   </si>
   <si>
     <t>#23 Connie Dougherty - CB</t>
   </si>
   <si>
     <t>#20 Henry McDonough - SS</t>
   </si>
   <si>
     <t>#43 Ronnie Jenkins - SS</t>
   </si>
   <si>
     <t>#38 Steve Gillespie - CB</t>
   </si>
   <si>
     <t>#98 Kevin Robinson - RDE</t>
   </si>
   <si>
-    <t>#51 Al Vinson - MLB</t>
+    <t>#54 Al Vinson - MLB</t>
   </si>
   <si>
     <t>#5 Abraham Young - K</t>
   </si>
   <si>
     <t>S.F</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>S.F 21</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>3-4 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-S.F 21 (14:56) 24-Russell Russell ran to S.F 25 for 4 yards. Tackle by 55-Ray Miller.</t>
   </si>
   <si>
     <t>#4 James Charney - QB</t>
   </si>
@@ -584,51 +584,51 @@
   <si>
     <t>#4 David Clark - QB</t>
   </si>
   <si>
     <t>#20 Jaime Thomas - RB</t>
   </si>
   <si>
     <t>#39 Richard Sneller - RB</t>
   </si>
   <si>
     <t>#34 Thomas Castillo - FB</t>
   </si>
   <si>
     <t>#89 William Chinn - TE</t>
   </si>
   <si>
     <t>#11 Gregory Ryan - WR</t>
   </si>
   <si>
     <t>#68 Joseph Crooks - LT</t>
   </si>
   <si>
     <t>#66 George Fegan - LG</t>
   </si>
   <si>
-    <t>#60 Byron McVeigh - C</t>
+    <t>#71 Byron McVeigh - C</t>
   </si>
   <si>
     <t>#51 Joey Overlock - RG</t>
   </si>
   <si>
     <t>#72 James Horton - RT</t>
   </si>
   <si>
     <t>#96 Robert Boone - DT</t>
   </si>
   <si>
     <t>#63 Kenneth Gregorio - DT</t>
   </si>
   <si>
     <t>#71 Gordon Luna - RDE</t>
   </si>
   <si>
     <t>#91 Donald Walsh - WLB</t>
   </si>
   <si>
     <t>#27 Harry Spears - FS</t>
   </si>
   <si>
     <t>9:21</t>
   </si>
@@ -653,51 +653,51 @@
   <si>
     <t>9:16</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>2-10-DET 28 (9:17) 7-David Clark pass complete to 88-Gregory Ryan to DET 33 for 5 yards. Tackle by 27-Harry Spears.</t>
   </si>
   <si>
     <t>8:31</t>
   </si>
   <si>
     <t>DET 33</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>3-5-DET 33 (8:30) 7-David Clark pass complete to 20-Jaime Thomas to S.F 30 for 37 yards. Tackle by 27-Harry Spears. 20-Jaime Thomas breaks down the CB.</t>
   </si>
   <si>
-    <t>#87 Jeremy Robinson - WR</t>
+    <t>#86 Jeremy Robinson - WR</t>
   </si>
   <si>
     <t>7:50</t>
   </si>
   <si>
     <t>S.F 30</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>1-10-S.F 30 (7:49) 7-David Clark pass complete to 88-Gregory Ryan to S.F 21 for 9 yards. Tackle by 28-Henry McDonough.</t>
   </si>
   <si>
     <t>#22 Joseph Tennant - RB</t>
   </si>
   <si>
     <t>7:16</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>