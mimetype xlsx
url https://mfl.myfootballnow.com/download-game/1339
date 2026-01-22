--- v1 (2025-12-23)
+++ v2 (2026-01-22)
@@ -281,51 +281,51 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>S.F has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>DET</t>
   </si>
   <si>
     <t>DET 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 5-Abraham Young kicks 75 yards from DET 35 to S.F -10. 22-Stephen Clifton to S.F 21 for 31 yards. Tackle by 99-Moises Hu.</t>
   </si>
   <si>
-    <t>#30 Stephen Clifton - RB</t>
+    <t>#30 Stephen Clifton - WR</t>
   </si>
   <si>
     <t>#72 Jackie Weiss - C</t>
   </si>
   <si>
     <t>#74 Rafael Bond - RDE</t>
   </si>
   <si>
     <t>#93 Jeffrey Browne - LDE</t>
   </si>
   <si>
     <t>#93 Craig Montgomery - WLB</t>
   </si>
   <si>
     <t>#23 Connie Dougherty - CB</t>
   </si>
   <si>
     <t>#20 Henry McDonough - SS</t>
   </si>
   <si>
     <t>#43 Ronnie Jenkins - SS</t>
   </si>
   <si>
     <t>#38 Steve Gillespie - CB</t>
   </si>
@@ -626,51 +626,51 @@
   <si>
     <t>#91 Donald Walsh - WLB</t>
   </si>
   <si>
     <t>#27 Harry Spears - FS</t>
   </si>
   <si>
     <t>9:21</t>
   </si>
   <si>
     <t>DET 28</t>
   </si>
   <si>
     <t>I Formation Normal Strong Flood</t>
   </si>
   <si>
     <t>46 Normal Inside Blitz</t>
   </si>
   <si>
     <t>1-10-DET 28 (9:20) 7-David Clark pass Pass knocked down by 51-Donald Walsh. incomplete, intended for 89-William Chinn.</t>
   </si>
   <si>
     <t>#14 Oscar Spradlin - WR</t>
   </si>
   <si>
-    <t>#51 Michael Cruse - MLB</t>
+    <t>#51 Michael Cruse - SLB</t>
   </si>
   <si>
     <t>9:16</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>2-10-DET 28 (9:17) 7-David Clark pass complete to 88-Gregory Ryan to DET 33 for 5 yards. Tackle by 27-Harry Spears.</t>
   </si>
   <si>
     <t>8:31</t>
   </si>
   <si>
     <t>DET 33</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>3-5-DET 33 (8:30) 7-David Clark pass complete to 20-Jaime Thomas to S.F 30 for 37 yards. Tackle by 27-Harry Spears. 20-Jaime Thomas breaks down the CB.</t>
   </si>