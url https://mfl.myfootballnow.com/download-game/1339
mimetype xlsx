--- v2 (2026-01-22)
+++ v3 (2026-02-21)
@@ -281,51 +281,51 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>S.F has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>DET</t>
   </si>
   <si>
     <t>DET 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 5-Abraham Young kicks 75 yards from DET 35 to S.F -10. 22-Stephen Clifton to S.F 21 for 31 yards. Tackle by 99-Moises Hu.</t>
   </si>
   <si>
-    <t>#30 Stephen Clifton - WR</t>
+    <t>#30 Stephen Clifton - RB</t>
   </si>
   <si>
     <t>#72 Jackie Weiss - C</t>
   </si>
   <si>
     <t>#74 Rafael Bond - RDE</t>
   </si>
   <si>
     <t>#93 Jeffrey Browne - LDE</t>
   </si>
   <si>
     <t>#93 Craig Montgomery - WLB</t>
   </si>
   <si>
     <t>#23 Connie Dougherty - CB</t>
   </si>
   <si>
     <t>#20 Henry McDonough - SS</t>
   </si>
   <si>
     <t>#43 Ronnie Jenkins - SS</t>
   </si>
   <si>
     <t>#38 Steve Gillespie - CB</t>
   </si>
@@ -653,51 +653,51 @@
   <si>
     <t>9:16</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>2-10-DET 28 (9:17) 7-David Clark pass complete to 88-Gregory Ryan to DET 33 for 5 yards. Tackle by 27-Harry Spears.</t>
   </si>
   <si>
     <t>8:31</t>
   </si>
   <si>
     <t>DET 33</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>3-5-DET 33 (8:30) 7-David Clark pass complete to 20-Jaime Thomas to S.F 30 for 37 yards. Tackle by 27-Harry Spears. 20-Jaime Thomas breaks down the CB.</t>
   </si>
   <si>
-    <t>#86 Jeremy Robinson - WR</t>
+    <t>#88 Jeremy Robinson - WR</t>
   </si>
   <si>
     <t>7:50</t>
   </si>
   <si>
     <t>S.F 30</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>1-10-S.F 30 (7:49) 7-David Clark pass complete to 88-Gregory Ryan to S.F 21 for 9 yards. Tackle by 28-Henry McDonough.</t>
   </si>
   <si>
     <t>#22 Joseph Tennant - RB</t>
   </si>
   <si>
     <t>7:16</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>