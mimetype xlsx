--- v0 (2025-10-20)
+++ v1 (2025-12-07)
@@ -302,57 +302,57 @@
   <si>
     <t>(15:00) 2-Melvin Ulrey kicks 61 yards from NSH 35 to OAK 4. 88-Lynn Stewart to OAK 36 for 33 yards. Tackle by 2-Melvin Ulrey.</t>
   </si>
   <si>
     <t>#88 Lynn Stewart - WR</t>
   </si>
   <si>
     <t>#25 Ron Aceves - CB</t>
   </si>
   <si>
     <t>#40 Charles Brown - CB</t>
   </si>
   <si>
     <t>#71 Christopher Gloss - RDE</t>
   </si>
   <si>
     <t>#63 Aaron Vaughn - RDE</t>
   </si>
   <si>
     <t>#57 David Higginbotham - MLB</t>
   </si>
   <si>
     <t>#39 Eduardo Ross - CB</t>
   </si>
   <si>
-    <t>#53 Jeremy Caswell - MLB</t>
+    <t>#56 Jeremy Caswell - MLB</t>
   </si>
   <si>
     <t>#46 Jon Parks - RG</t>
   </si>
   <si>
-    <t>#58 Mark Kirkland - SLB</t>
+    <t>#93 Mark Kirkland - WLB</t>
   </si>
   <si>
     <t>#96 Jimmy Walker - DT</t>
   </si>
   <si>
     <t>#2 Melvin Ulrey - K</t>
   </si>
   <si>
     <t>OAK</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>OAK 36</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>Nickel Strong CB3 Blitz Zone</t>
   </si>
   <si>
     <t>1-10-OAK 36 (14:56) 5-George Bahena pass complete to 20-Robert Guillory to OAK 45 for 9 yards. Tackle by 68-Kyle Baltimore.</t>
   </si>
@@ -1154,51 +1154,51 @@
   <si>
     <t>5:21</t>
   </si>
   <si>
     <t>2-10-OAK 25 (5:22) 5-George Bahena pass complete to 20-Robert Guillory to OAK 35 for 10 yards. Tackle by 28-Keith Rana.</t>
   </si>
   <si>
     <t>4:39</t>
   </si>
   <si>
     <t>1-10-OAK 35 (4:38) 20-Robert Guillory ran to OAK 43 for 8 yards. Tackle by 26-Ira Hays. PENALTY - Facemask (NSH 26-Ira Hays)</t>
   </si>
   <si>
     <t>4:34</t>
   </si>
   <si>
     <t>NSH 42</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>1-10-NSH 42 (4:35) 31-Gerald French ran to NSH 40 for 2 yards. Tackle by 29-Christopher Snyder.</t>
   </si>
   <si>
-    <t>#31 Gerald French - RB</t>
+    <t>#41 Gerald French - RB</t>
   </si>
   <si>
     <t>4:01</t>
   </si>
   <si>
     <t>NSH 40</t>
   </si>
   <si>
     <t>2-8-NSH 40 (4:00) 5-George Bahena pass complete to 31-Gerald French to NSH 30 for 10 yards. Tackle by 92-James Andrus.</t>
   </si>
   <si>
     <t>3:26</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>1-10-NSH 30 (3:25) 20-Robert Guillory ran to NSH 19 for 11 yards. Tackle by 74-Matthew Bellamy.</t>
   </si>
   <si>
     <t>2:40</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>