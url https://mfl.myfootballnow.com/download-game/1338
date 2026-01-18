--- v1 (2025-12-07)
+++ v2 (2026-01-18)
@@ -341,51 +341,51 @@
   <si>
     <t>OAK</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>OAK 36</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>Nickel Strong CB3 Blitz Zone</t>
   </si>
   <si>
     <t>1-10-OAK 36 (14:56) 5-George Bahena pass complete to 20-Robert Guillory to OAK 45 for 9 yards. Tackle by 68-Kyle Baltimore.</t>
   </si>
   <si>
     <t>#18 George Bahena - QB</t>
   </si>
   <si>
     <t>#46 Robert Guillory - RB</t>
   </si>
   <si>
-    <t>#49 Roland Pritchard - FB</t>
+    <t>#48 Roland Pritchard - FB</t>
   </si>
   <si>
     <t>#80 Dustin Sosa - WR</t>
   </si>
   <si>
     <t>#13 Edward Robinson - WR</t>
   </si>
   <si>
     <t>#14 Darryl Foust - WR</t>
   </si>
   <si>
     <t>#75 Carlton Wood - RT</t>
   </si>
   <si>
     <t>#65 Glenn Ramos - LG</t>
   </si>
   <si>
     <t>#76 Lee Nolette - C</t>
   </si>
   <si>
     <t>#50 Richard Edwards - RT</t>
   </si>
   <si>
     <t>#90 Kyle Baltimore - LDE</t>
   </si>
@@ -395,51 +395,51 @@
   <si>
     <t>#79 Derek Betancourt - DT</t>
   </si>
   <si>
     <t>#77 Brandon Gallant - RDE</t>
   </si>
   <si>
     <t>#51 Robert Bouchard - WLB</t>
   </si>
   <si>
     <t>#58 Rupert Fink - WLB</t>
   </si>
   <si>
     <t>#39 Ira Hays - CB</t>
   </si>
   <si>
     <t>#41 Christopher Desilva - CB</t>
   </si>
   <si>
     <t>#34 Steven Garcia - FS</t>
   </si>
   <si>
     <t>#28 Keith Rana - CB</t>
   </si>
   <si>
-    <t>#28 Tyrone Harrison - FS</t>
+    <t>#40 Tyrone Harrison - FS</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>OAK 45</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>2-1-OAK 45 (14:15) 20-Robert Guillory ran to OAK 46 for 2 yards. Tackle by 34-Steven Garcia.</t>
   </si>
   <si>
     <t>#87 Donald Greer - TE</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>OAK 46</t>
   </si>
@@ -482,51 +482,51 @@
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-11-OAK 45 (12:16) 11-Darrell Munoz punts 43 yards to NSH 12. Fair Catch by 88-Eric Lemelin.</t>
   </si>
   <si>
     <t>#12 Darrell Munoz - P</t>
   </si>
   <si>
     <t>#88 Eric Lemelin - WR</t>
   </si>
   <si>
     <t>#30 John Morrison - RB</t>
   </si>
   <si>
     <t>#71 Jose Bing - RDE</t>
   </si>
   <si>
     <t>#90 Peter Parks - DT</t>
   </si>
   <si>
-    <t>#77 Ollie Johnson - RT</t>
+    <t>#66 Ollie Johnson - LT</t>
   </si>
   <si>
     <t>#96 Thomas Brooks - RDE</t>
   </si>
   <si>
     <t>12:08</t>
   </si>
   <si>
     <t>NSH 12</t>
   </si>
   <si>
     <t>Shotgun Normal HB Dive</t>
   </si>
   <si>
     <t>1-10-NSH 12 (12:09) 30-John Morrison ran to NSH 22 for 10 yards. Tackle by 42-Kevin Reiss.</t>
   </si>
   <si>
     <t>#4 Tommy Deville - QB</t>
   </si>
   <si>
     <t>#89 Jason Aaron - TE</t>
   </si>
   <si>
     <t>#86 Pierre Jackson - WR</t>
   </si>
@@ -536,51 +536,51 @@
   <si>
     <t>#79 Willie Jones - LT</t>
   </si>
   <si>
     <t>#65 Johnny Conway - LG</t>
   </si>
   <si>
     <t>#50 David Carpenter - C</t>
   </si>
   <si>
     <t>#76 John Weis - RG</t>
   </si>
   <si>
     <t>#78 Thomas Wang - RT</t>
   </si>
   <si>
     <t>#69 Gerald Emerson - LDE</t>
   </si>
   <si>
     <t>#78 Brian Eggers - DT</t>
   </si>
   <si>
     <t>#59 Joseph Lane - SLB</t>
   </si>
   <si>
-    <t>#97 Roy Lewis - WLB</t>
+    <t>#53 Roy Lewis - WLB</t>
   </si>
   <si>
     <t>#46 Wesley Rodriguez - SS</t>
   </si>
   <si>
     <t>#42 Kevin Reiss - SS</t>
   </si>
   <si>
     <t>11:26</t>
   </si>
   <si>
     <t>NSH 22</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-NSH 22 (11:25) 8-Tommy Deville pass complete to 88-Eric Lemelin to NSH 26 for 4 yards. Tackle by 21-Eduardo Ross.</t>
   </si>
   <si>
     <t>#33 Joseph Black - FB</t>
   </si>
@@ -623,51 +623,51 @@
   <si>
     <t>10:02</t>
   </si>
   <si>
     <t>NSH 15</t>
   </si>
   <si>
     <t>4-3 Normal 3 Deep Zone Flat Left</t>
   </si>
   <si>
     <t>3-17-NSH 15 (10:01) 8-Tommy Deville pass complete to 88-Eric Lemelin to NSH 28 for 13 yards. Tackle by 91-Jeremy Caswell.</t>
   </si>
   <si>
     <t>9:24</t>
   </si>
   <si>
     <t>NSH 28</t>
   </si>
   <si>
     <t>4-4-NSH 28 (9:23) 12-Ryan Lewis punts 46 yards to OAK 27. Fair Catch by 88-Lynn Stewart.</t>
   </si>
   <si>
     <t>#12 Ryan Lewis - P</t>
   </si>
   <si>
-    <t>#56 Timothy Witham - C</t>
+    <t>#65 Timothy Witham - C</t>
   </si>
   <si>
     <t>#79 Vincent Fitzpatrick - RG</t>
   </si>
   <si>
     <t>#98 Randy Hernandez - MLB</t>
   </si>
   <si>
     <t>9:15</t>
   </si>
   <si>
     <t>OAK 27</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-OAK 27 (9:16) 20-Robert Guillory ran to OAK 27 for 1 yards. Tackle by 74-Matthew Bellamy.</t>
   </si>
   <si>
     <t>8:35</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
@@ -1154,51 +1154,51 @@
   <si>
     <t>5:21</t>
   </si>
   <si>
     <t>2-10-OAK 25 (5:22) 5-George Bahena pass complete to 20-Robert Guillory to OAK 35 for 10 yards. Tackle by 28-Keith Rana.</t>
   </si>
   <si>
     <t>4:39</t>
   </si>
   <si>
     <t>1-10-OAK 35 (4:38) 20-Robert Guillory ran to OAK 43 for 8 yards. Tackle by 26-Ira Hays. PENALTY - Facemask (NSH 26-Ira Hays)</t>
   </si>
   <si>
     <t>4:34</t>
   </si>
   <si>
     <t>NSH 42</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>1-10-NSH 42 (4:35) 31-Gerald French ran to NSH 40 for 2 yards. Tackle by 29-Christopher Snyder.</t>
   </si>
   <si>
-    <t>#41 Gerald French - RB</t>
+    <t>#31 Gerald French - RB</t>
   </si>
   <si>
     <t>4:01</t>
   </si>
   <si>
     <t>NSH 40</t>
   </si>
   <si>
     <t>2-8-NSH 40 (4:00) 5-George Bahena pass complete to 31-Gerald French to NSH 30 for 10 yards. Tackle by 92-James Andrus.</t>
   </si>
   <si>
     <t>3:26</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>1-10-NSH 30 (3:25) 20-Robert Guillory ran to NSH 19 for 11 yards. Tackle by 74-Matthew Bellamy.</t>
   </si>
   <si>
     <t>2:40</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>