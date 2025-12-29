--- v0 (2025-10-14)
+++ v1 (2025-12-29)
@@ -296,51 +296,51 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 10-Micheal Morse kicks 74 yards from T.B 35 to CHI -9. Touchback.</t>
   </si>
   <si>
     <t>#83 Billy Garcia - WR</t>
   </si>
   <si>
     <t>#68 Jacob Earnshaw - DT</t>
   </si>
   <si>
     <t>#48 Mark Dodson - SS</t>
   </si>
   <si>
     <t>#27 Dennis McDougal - CB</t>
   </si>
   <si>
     <t>#65 John Lowe - DT</t>
   </si>
   <si>
-    <t>#35 Michael Smith - CB</t>
+    <t>#46 Michael Smith - FS</t>
   </si>
   <si>
     <t>#77 Robert Bristol - DT</t>
   </si>
   <si>
     <t>#76 Hugo Johnson - RDE</t>
   </si>
   <si>
     <t>#49 Aldo Sonnenberg - CB</t>
   </si>
   <si>
     <t>#51 Cyril Moore - WLB</t>
   </si>
   <si>
     <t>#51 Timmy Frisch - SLB</t>
   </si>
   <si>
     <t>#10 Micheal Morse - K</t>
   </si>
   <si>
     <t>CHI</t>
   </si>
   <si>
     <t>CHI 25</t>
   </si>
@@ -353,51 +353,51 @@
   <si>
     <t>1-10-CHI 25 (15:00) 29-Jamie McKinney ran to CHI 24 for -1 yards. Tackle by 55-John Jacobs.</t>
   </si>
   <si>
     <t>#2 Wallace Moore - QB</t>
   </si>
   <si>
     <t>#29 Jamie McKinney - RB</t>
   </si>
   <si>
     <t>#29 Bernardo Barclay - RB</t>
   </si>
   <si>
     <t>#22 Louis Messing - FB</t>
   </si>
   <si>
     <t>#86 John Cummings - TE</t>
   </si>
   <si>
     <t>#87 Richard Smith - TE</t>
   </si>
   <si>
     <t>#70 Bruce Sebastian - LT</t>
   </si>
   <si>
-    <t>#58 Michael Ward - RG</t>
+    <t>#72 Michael Ward - RG</t>
   </si>
   <si>
     <t>#65 Morris Martin - RG</t>
   </si>
   <si>
     <t>#68 Christopher McKenzie - LG</t>
   </si>
   <si>
     <t>#67 Walter Vaughn - RT</t>
   </si>
   <si>
     <t>#97 Steven Hernandez - LDE</t>
   </si>
   <si>
     <t>#65 Robert Errico - LDE</t>
   </si>
   <si>
     <t>#79 Robert Rose - DT</t>
   </si>
   <si>
     <t>#95 Steven Glazer - DT</t>
   </si>
   <si>
     <t>#98 William Funk - LDE</t>
   </si>
@@ -1169,51 +1169,51 @@
   <si>
     <t>4:19</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>2-20-T.B 25 (4:20) 12-Wallace Moore pass complete to 29-Jamie McKinney to T.B 21 for 3 yards. Tackle by 55-John Jacobs.</t>
   </si>
   <si>
     <t>3:47</t>
   </si>
   <si>
     <t>3-17-T.B 21 (3:46) 12-Wallace Moore pass Pass knocked down by 45-Terry Davidson. incomplete, intended for 13-George Thomas.</t>
   </si>
   <si>
     <t>4-17-T.B 21 (3:43) 9-Matthew Nelson 38 yard field goal is GOOD. CHI 3 T.B 3</t>
   </si>
   <si>
     <t>#9 Matthew Nelson - K</t>
   </si>
   <si>
     <t>#72 Steven Lundberg - RG</t>
   </si>
   <si>
-    <t>#98 Robert Lee - RDE</t>
+    <t>#98 Robert Lee - FS</t>
   </si>
   <si>
     <t>#59 Earl Flores - DT</t>
   </si>
   <si>
     <t>#51 Robert Gregory - MLB</t>
   </si>
   <si>
     <t>3:38</t>
   </si>
   <si>
     <t>CHI 35</t>
   </si>
   <si>
     <t>(3:39) 9-Matthew Nelson kicks 72 yards from CHI 35 to T.B -7. Touchback.</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>1-10-T.B 25 (3:39) 28-Mauricio Morell ran to T.B 27 for 2 yards. Tackle by 61-David Anthony.</t>
   </si>
   <si>
     <t>3:08</t>
   </si>
@@ -1787,51 +1787,51 @@
   <si>
     <t>3-5-T.B 15 (1:38) 9-Clint Robinson pass complete to 89-Paul Vanburen to T.B 24 for 9 yards. Tackle by 20-Ray Davenport.</t>
   </si>
   <si>
     <t>1:35</t>
   </si>
   <si>
     <t>1:32</t>
   </si>
   <si>
     <t>1-10-T.B 24 (1:33) 9-Clint Robinson pass complete to 12-Michael Cooley to T.B 29 for 6 yards. Tackle by 49-Aldo Sonnenberg.</t>
   </si>
   <si>
     <t>1:19</t>
   </si>
   <si>
     <t>2-4-T.B 29 (1:18) 9-Clint Robinson pass complete to 89-Paul Vanburen to T.B 37 for 8 yards. Tackle by 50-Christopher Thomas. Great move by 89-Paul Vanburen to get free of his coverage.</t>
   </si>
   <si>
     <t>1:01</t>
   </si>
   <si>
     <t>1-10-T.B 37 (1:00) 9-Clint Robinson pass INTERCEPTED by 43-Michael Smith at T.B 39. 43-Michael Smith to T.B 38 for 1 yards. Tackle by 22-Roger Poland.</t>
   </si>
   <si>
-    <t>#45 Richard Carter - RB</t>
+    <t>#36 Richard Carter - RB</t>
   </si>
   <si>
     <t>0:56</t>
   </si>
   <si>
     <t>T.B 38</t>
   </si>
   <si>
     <t>1-10-T.B 38 (0:57) 12-Wallace Moore pass incomplete, intended for 83-Billy Garcia.</t>
   </si>
   <si>
     <t>0:53</t>
   </si>
   <si>
     <t>2-10-T.B 38 (0:54) 12-Wallace Moore pass incomplete, dropped by 22-Louis Messing.</t>
   </si>
   <si>
     <t>0:51</t>
   </si>
   <si>
     <t>3-10-T.B 38 (0:52) 12-Wallace Moore pass complete to 13-George Thomas to T.B 38 for a short gain. Tackle by 45-Terry Davidson.</t>
   </si>
   <si>
     <t>0:19</t>
   </si>