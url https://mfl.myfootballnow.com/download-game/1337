--- v1 (2025-12-29)
+++ v2 (2026-01-20)
@@ -584,51 +584,51 @@
   <si>
     <t>#12 Michael Cooley - WR</t>
   </si>
   <si>
     <t>#67 Michael Cunningham - LT</t>
   </si>
   <si>
     <t>#66 Michael Martina - LG</t>
   </si>
   <si>
     <t>#16 Gary Alexander - WR</t>
   </si>
   <si>
     <t>#57 Eric Ray - RG</t>
   </si>
   <si>
     <t>#55 Eric Cano - LG</t>
   </si>
   <si>
     <t>#78 John Coffelt - LDE</t>
   </si>
   <si>
     <t>#91 Kirk Ledbetter - LDE</t>
   </si>
   <si>
-    <t>#58 Virgilio Abbate - SLB</t>
+    <t>#98 Virgilio Abbate - SLB</t>
   </si>
   <si>
     <t>#90 Christopher Thomas - MLB</t>
   </si>
   <si>
     <t>#37 Jose Dietrich - CB</t>
   </si>
   <si>
     <t>#20 Ray Davenport - SS</t>
   </si>
   <si>
     <t>#41 Jesse Clayborn - FS</t>
   </si>
   <si>
     <t>10:56</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>2-10-T.B 20 (10:57) 9-Clint Robinson pass complete to 82-William Yim to T.B 22 for 2 yards. Tackle by 43-Michael Smith.</t>
   </si>
   <si>
     <t>#22 Roger Poland - RB</t>
   </si>