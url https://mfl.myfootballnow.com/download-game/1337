--- v2 (2026-01-20)
+++ v3 (2026-02-22)
@@ -374,51 +374,51 @@
   <si>
     <t>#70 Bruce Sebastian - LT</t>
   </si>
   <si>
     <t>#72 Michael Ward - RG</t>
   </si>
   <si>
     <t>#65 Morris Martin - RG</t>
   </si>
   <si>
     <t>#68 Christopher McKenzie - LG</t>
   </si>
   <si>
     <t>#67 Walter Vaughn - RT</t>
   </si>
   <si>
     <t>#97 Steven Hernandez - LDE</t>
   </si>
   <si>
     <t>#65 Robert Errico - LDE</t>
   </si>
   <si>
     <t>#79 Robert Rose - DT</t>
   </si>
   <si>
-    <t>#95 Steven Glazer - DT</t>
+    <t>#55 Steven Glazer - DT</t>
   </si>
   <si>
     <t>#98 William Funk - LDE</t>
   </si>
   <si>
     <t>#99 Doug Gates - SLB</t>
   </si>
   <si>
     <t>#55 John Jacobs - DT</t>
   </si>
   <si>
     <t>#52 Jimmie Gallardo - SLB</t>
   </si>
   <si>
     <t>#34 Raymond Prins - CB</t>
   </si>
   <si>
     <t>#45 Terry Davidson - CB</t>
   </si>
   <si>
     <t>#38 Robert Dahl - SS</t>
   </si>
   <si>
     <t>14:29</t>
   </si>
@@ -1175,51 +1175,51 @@
   <si>
     <t>2-20-T.B 25 (4:20) 12-Wallace Moore pass complete to 29-Jamie McKinney to T.B 21 for 3 yards. Tackle by 55-John Jacobs.</t>
   </si>
   <si>
     <t>3:47</t>
   </si>
   <si>
     <t>3-17-T.B 21 (3:46) 12-Wallace Moore pass Pass knocked down by 45-Terry Davidson. incomplete, intended for 13-George Thomas.</t>
   </si>
   <si>
     <t>4-17-T.B 21 (3:43) 9-Matthew Nelson 38 yard field goal is GOOD. CHI 3 T.B 3</t>
   </si>
   <si>
     <t>#9 Matthew Nelson - K</t>
   </si>
   <si>
     <t>#72 Steven Lundberg - RG</t>
   </si>
   <si>
     <t>#98 Robert Lee - FS</t>
   </si>
   <si>
     <t>#59 Earl Flores - DT</t>
   </si>
   <si>
-    <t>#51 Robert Gregory - MLB</t>
+    <t>#51 Robert Gregory - SLB</t>
   </si>
   <si>
     <t>3:38</t>
   </si>
   <si>
     <t>CHI 35</t>
   </si>
   <si>
     <t>(3:39) 9-Matthew Nelson kicks 72 yards from CHI 35 to T.B -7. Touchback.</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>1-10-T.B 25 (3:39) 28-Mauricio Morell ran to T.B 27 for 2 yards. Tackle by 61-David Anthony.</t>
   </si>
   <si>
     <t>3:08</t>
   </si>
   <si>
     <t>T.B 27</t>
   </si>
   <si>
     <t>2-8-T.B 27 (3:07) 9-Clint Robinson pass complete to 89-Paul Vanburen to T.B 35 for 8 yards. Tackle by 50-Christopher Thomas.</t>
   </si>