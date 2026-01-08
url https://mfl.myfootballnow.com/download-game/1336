--- v0 (2025-10-17)
+++ v1 (2026-01-08)
@@ -296,51 +296,51 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 4-Tony Longwell kicks 67 yards from MIA 35 to MEM -2. 30-Ryan Stewart to MEM 30 for 33 yards. Tackle by 27-Horace Street.</t>
   </si>
   <si>
     <t>#36 Ryan Stewart - RB</t>
   </si>
   <si>
     <t>#13 Steve Vincent - WR</t>
   </si>
   <si>
     <t>#57 Charles Dilworth - MLB</t>
   </si>
   <si>
     <t>#35 Joseph Cleveland - CB</t>
   </si>
   <si>
     <t>#46 Jason Dowling - CB</t>
   </si>
   <si>
-    <t>#55 Pedro Roy - WLB</t>
+    <t>#59 Pedro Roy - WLB</t>
   </si>
   <si>
     <t>#72 Malcolm Jones - LDE</t>
   </si>
   <si>
     <t>#27 Ismael Myers - CB</t>
   </si>
   <si>
     <t>#40 Thomas Hobbs - SS</t>
   </si>
   <si>
     <t>#92 Joshua Oliver - LDE</t>
   </si>
   <si>
     <t>#99 Homer Williams - WLB</t>
   </si>
   <si>
     <t>#4 Tony Longwell - K</t>
   </si>
   <si>
     <t>MEM</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
@@ -368,75 +368,75 @@
   <si>
     <t>#10 Harold Hodge - WR</t>
   </si>
   <si>
     <t>#86 Karl Kong - WR</t>
   </si>
   <si>
     <t>#88 William Brissette - WR</t>
   </si>
   <si>
     <t>#78 Billy Greer - RT</t>
   </si>
   <si>
     <t>#67 James Frazier - LG</t>
   </si>
   <si>
     <t>#74 Terry Rose - C</t>
   </si>
   <si>
     <t>#65 William Taylor - LG</t>
   </si>
   <si>
     <t>#76 Robert Baxter - RT</t>
   </si>
   <si>
-    <t>#92 Lester Jones - LDE</t>
+    <t>#65 Lester Jones - LDE</t>
   </si>
   <si>
     <t>#70 Louis Malcolm - DT</t>
   </si>
   <si>
     <t>#77 Gregory Parker - DT</t>
   </si>
   <si>
-    <t>#94 Jason Allen - DT</t>
+    <t>#60 Jason Allen - DT</t>
   </si>
   <si>
     <t>#58 Victor Hooley - CB</t>
   </si>
   <si>
     <t>#59 Clayton Stephens - WLB</t>
   </si>
   <si>
-    <t>#24 William Freeman - FS</t>
+    <t>#29 William Freeman - FS</t>
   </si>
   <si>
     <t>#36 Johnathon Vose - CB</t>
   </si>
   <si>
-    <t>#48 Robert Steele - SS</t>
+    <t>#32 Robert Steele - SS</t>
   </si>
   <si>
     <t>#20 Rod Binion - SS</t>
   </si>
   <si>
     <t>#41 Richard Diaz - CB</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>MEM 42</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>1-10-MEM 42 (14:18) 9-Frank Grayson sacked at MEM 33 for -10 yards (70-Lester Jones). Sack allowed by 76-Robert Baxter.</t>
   </si>
   <si>
     <t>#89 Richard Smeltzer - TE</t>
   </si>
   <si>
     <t>#36 Horace Street - FS</t>
   </si>
@@ -485,171 +485,171 @@
   <si>
     <t>4-2-MEM 50 (12:22) 25-James Miller ran to MIA 48 for 2 yards. Tackle by 71-Jason Allen. Turnover on downs.</t>
   </si>
   <si>
     <t>12:19</t>
   </si>
   <si>
     <t>MIA 48</t>
   </si>
   <si>
     <t>Singleback Big HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-MIA 48 (12:20) 48-Herman Wolfgang ran to MEM 46 for 6 yards. Tackle by 40-Thomas Hobbs. MIA 85-Gerald Slaughter was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#16 Raymond Abbott - QB</t>
   </si>
   <si>
     <t>#48 Herman Wolfgang - RB</t>
   </si>
   <si>
-    <t>#43 John Dalessandro - FB</t>
+    <t>#41 John Dalessandro - TE</t>
   </si>
   <si>
     <t>#81 Gerald Slaughter - TE</t>
   </si>
   <si>
     <t>#84 Raymond Dunn - WR</t>
   </si>
   <si>
     <t>#14 Donald Wong - WR</t>
   </si>
   <si>
     <t>#76 John Keys - LT</t>
   </si>
   <si>
     <t>#74 Leroy Bailey - LG</t>
   </si>
   <si>
     <t>#66 Robert Elliott - C</t>
   </si>
   <si>
     <t>#68 Ben Struthers - RG</t>
   </si>
   <si>
     <t>#68 Richard Saltsman - RT</t>
   </si>
   <si>
-    <t>#50 Joe Tatum - DT</t>
+    <t>#52 Joe Tatum - DT</t>
   </si>
   <si>
     <t>#66 Brent Savage - RDE</t>
   </si>
   <si>
     <t>#95 Jerry Summers - RDE</t>
   </si>
   <si>
     <t>#68 Dennis Muncy - LDE</t>
   </si>
   <si>
     <t>#33 Paul Williams - SS</t>
   </si>
   <si>
     <t>11:44</t>
   </si>
   <si>
     <t>MEM 46</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>2-4-MEM 46 (11:43) 48-Herman Wolfgang ran to MEM 31 for 14 yards. Tackle by 36-Joseph Cleveland.</t>
   </si>
   <si>
     <t>#43 Herbert Caplinger - FB</t>
   </si>
   <si>
     <t>#82 Tony Witt - WR</t>
   </si>
   <si>
     <t>11:06</t>
   </si>
   <si>
     <t>MEM 31</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle</t>
   </si>
   <si>
     <t>1-10-MEM 31 (11:05) 48-Herman Wolfgang ran to MEM 27 for 4 yards. 48-Herman Wolfgang FUMBLES (78-Malcolm Jones) recovered by MIA-81-John Dalessandro at MEM 27. Tackle by 78-Malcolm Jones.</t>
   </si>
   <si>
-    <t>#81 Richard Whitley - TE</t>
+    <t>#86 Richard Whitley - TE</t>
   </si>
   <si>
     <t>10:21</t>
   </si>
   <si>
     <t>MEM 27</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-6-MEM 27 (10:20) 44-Robert Heroux ran to MEM 33 for -5 yards. Tackle by 55-Joe Tatum.</t>
   </si>
   <si>
-    <t>#44 Robert Heroux - RB</t>
+    <t>#26 Robert Heroux - RB</t>
   </si>
   <si>
     <t>9:48</t>
   </si>
   <si>
     <t>Singleback Normal All Go</t>
   </si>
   <si>
     <t>3-11-MEM 33 (9:47) 16-Raymond Abbott pass incomplete, the ball was thrown away. Pressure by 92-Joshua Oliver. 46-Jason Dowling got away with a hold on that play.</t>
   </si>
   <si>
     <t>9:42</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-11-MEM 33 (9:43) 4-Tony Longwell 50 yard field goal is GOOD. MEM 0 MIA 3</t>
   </si>
   <si>
     <t>#60 Emanuel Bonner - C</t>
   </si>
   <si>
     <t>#76 Jerome Hall - RG</t>
   </si>
   <si>
-    <t>#93 Carey Johnson - WLB</t>
+    <t>#57 Carey Johnson - WLB</t>
   </si>
   <si>
     <t>9:38</t>
   </si>
   <si>
     <t>(9:39) 4-Tony Longwell kicks 67 yards from MIA 35 to MEM -2. 30-Ryan Stewart to MEM 28 for 30 yards. Tackle by 27-Horace Street.</t>
   </si>
   <si>
     <t>9:33</t>
   </si>
   <si>
     <t>MEM 28</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-MEM 28 (9:34) 25-James Miller ran to MEM 41 for 13 yards. Tackle by 20-Rod Binion.</t>
   </si>
   <si>
     <t>#72 Philip Bull - RT</t>
   </si>
@@ -779,51 +779,51 @@
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>3-8-MIA 15 (4:09) 9-Frank Grayson pass complete to 48-Raymond Kincaid to MIA 13 for 2 yards. Tackle by 58-Thomas Stanton. PENALTY - Holding (MEM 52-Terry Rose) (Declined)</t>
   </si>
   <si>
     <t>4:05</t>
   </si>
   <si>
     <t>MIA 13</t>
   </si>
   <si>
     <t>4-6-MIA 13 (4:06) 1-Michael Gray 30 yard field goal is GOOD. MEM 3 MIA 3</t>
   </si>
   <si>
     <t>#4 Patrick Keller - QB</t>
   </si>
   <si>
     <t>#76 Stephen Jost - C</t>
   </si>
   <si>
     <t>#1 Michael Gray - K</t>
   </si>
   <si>
-    <t>#69 Joseph Wyatt - RG</t>
+    <t>#69 Joseph Wyatt - LG</t>
   </si>
   <si>
     <t>#65 Charles Wilhelm - RT</t>
   </si>
   <si>
     <t>#74 Deandre Alexander - LT</t>
   </si>
   <si>
     <t>#97 Christopher Goodman - WLB</t>
   </si>
   <si>
     <t>#97 David Murray - DT</t>
   </si>
   <si>
     <t>4:03</t>
   </si>
   <si>
     <t>MEM 35</t>
   </si>
   <si>
     <t>(4:04) 1-Michael Gray kicks 75 yards from MEM 35 to MIA -10. Touchback.</t>
   </si>
   <si>
     <t>MIA 25</t>
   </si>