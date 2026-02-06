--- v1 (2026-01-08)
+++ v2 (2026-02-06)
@@ -308,51 +308,51 @@
   <si>
     <t>#13 Steve Vincent - WR</t>
   </si>
   <si>
     <t>#57 Charles Dilworth - MLB</t>
   </si>
   <si>
     <t>#35 Joseph Cleveland - CB</t>
   </si>
   <si>
     <t>#46 Jason Dowling - CB</t>
   </si>
   <si>
     <t>#59 Pedro Roy - WLB</t>
   </si>
   <si>
     <t>#72 Malcolm Jones - LDE</t>
   </si>
   <si>
     <t>#27 Ismael Myers - CB</t>
   </si>
   <si>
     <t>#40 Thomas Hobbs - SS</t>
   </si>
   <si>
-    <t>#92 Joshua Oliver - LDE</t>
+    <t>#57 Joshua Oliver - LDE</t>
   </si>
   <si>
     <t>#99 Homer Williams - WLB</t>
   </si>
   <si>
     <t>#4 Tony Longwell - K</t>
   </si>
   <si>
     <t>MEM</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>MEM 30</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-MEM 30 (14:55) 25-James Miller ran to MEM 42 for 12 yards. Tackle by 31-William Freeman.</t>
   </si>
@@ -485,90 +485,90 @@
   <si>
     <t>4-2-MEM 50 (12:22) 25-James Miller ran to MIA 48 for 2 yards. Tackle by 71-Jason Allen. Turnover on downs.</t>
   </si>
   <si>
     <t>12:19</t>
   </si>
   <si>
     <t>MIA 48</t>
   </si>
   <si>
     <t>Singleback Big HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-MIA 48 (12:20) 48-Herman Wolfgang ran to MEM 46 for 6 yards. Tackle by 40-Thomas Hobbs. MIA 85-Gerald Slaughter was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#16 Raymond Abbott - QB</t>
   </si>
   <si>
     <t>#48 Herman Wolfgang - RB</t>
   </si>
   <si>
-    <t>#41 John Dalessandro - TE</t>
+    <t>#41 John Dalessandro - FB</t>
   </si>
   <si>
     <t>#81 Gerald Slaughter - TE</t>
   </si>
   <si>
     <t>#84 Raymond Dunn - WR</t>
   </si>
   <si>
     <t>#14 Donald Wong - WR</t>
   </si>
   <si>
     <t>#76 John Keys - LT</t>
   </si>
   <si>
     <t>#74 Leroy Bailey - LG</t>
   </si>
   <si>
-    <t>#66 Robert Elliott - C</t>
+    <t>#59 Robert Elliott - C</t>
   </si>
   <si>
     <t>#68 Ben Struthers - RG</t>
   </si>
   <si>
     <t>#68 Richard Saltsman - RT</t>
   </si>
   <si>
     <t>#52 Joe Tatum - DT</t>
   </si>
   <si>
     <t>#66 Brent Savage - RDE</t>
   </si>
   <si>
     <t>#95 Jerry Summers - RDE</t>
   </si>
   <si>
     <t>#68 Dennis Muncy - LDE</t>
   </si>
   <si>
-    <t>#33 Paul Williams - SS</t>
+    <t>#33 Paul Williams - FS</t>
   </si>
   <si>
     <t>11:44</t>
   </si>
   <si>
     <t>MEM 46</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>2-4-MEM 46 (11:43) 48-Herman Wolfgang ran to MEM 31 for 14 yards. Tackle by 36-Joseph Cleveland.</t>
   </si>
   <si>
     <t>#43 Herbert Caplinger - FB</t>
   </si>
   <si>
     <t>#82 Tony Witt - WR</t>
   </si>
   <si>
     <t>11:06</t>
   </si>
   <si>
     <t>MEM 31</t>
   </si>
@@ -872,51 +872,51 @@
   <si>
     <t>2:04</t>
   </si>
   <si>
     <t>MIA 36</t>
   </si>
   <si>
     <t>Singleback Normal FL Drag</t>
   </si>
   <si>
     <t>1-15-MIA 36 (2:05) 16-Raymond Abbott pass complete to 13-Raymond Dunn to MIA 39 for 3 yards. Tackle by 51-Pedro Roy.</t>
   </si>
   <si>
     <t>1:26</t>
   </si>
   <si>
     <t>MIA 39</t>
   </si>
   <si>
     <t>Singleback Normal WR Post</t>
   </si>
   <si>
     <t>2-12-MIA 39 (1:25) 16-Raymond Abbott pass complete to 18-Tony Witt to MIA 46 for 7 yards. Tackle by 57-Charles Dilworth.</t>
   </si>
   <si>
-    <t>#20 Isaac Baker - CB</t>
+    <t>#29 Isaac Baker - CB</t>
   </si>
   <si>
     <t>0:42</t>
   </si>
   <si>
     <t>3-5-MIA 46 (0:41) 48-Herman Wolfgang ran to MIA 47 for 2 yards. Tackle by 58-Jerry Summers.</t>
   </si>
   <si>
     <t>#82 Donald McKay - WR</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>MIA 47</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>