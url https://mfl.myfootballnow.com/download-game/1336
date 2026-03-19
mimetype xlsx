--- v2 (2026-02-06)
+++ v3 (2026-03-19)
@@ -416,51 +416,51 @@
   <si>
     <t>#32 Robert Steele - SS</t>
   </si>
   <si>
     <t>#20 Rod Binion - SS</t>
   </si>
   <si>
     <t>#41 Richard Diaz - CB</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>MEM 42</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>1-10-MEM 42 (14:18) 9-Frank Grayson sacked at MEM 33 for -10 yards (70-Lester Jones). Sack allowed by 76-Robert Baxter.</t>
   </si>
   <si>
     <t>#89 Richard Smeltzer - TE</t>
   </si>
   <si>
-    <t>#36 Horace Street - FS</t>
+    <t>#40 Horace Street - FS</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>MEM 33</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>2-20-MEM 33 (13:39) 9-Frank Grayson pass complete to 25-James Miller to MEM 48 for 16 yards. Tackle by 31-William Freeman.</t>
   </si>
   <si>
     <t>12:58</t>
   </si>
   <si>
     <t>MEM 48</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>