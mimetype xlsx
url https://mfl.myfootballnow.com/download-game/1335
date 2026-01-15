--- v0 (2025-10-17)
+++ v1 (2026-01-15)
@@ -299,120 +299,120 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 6-Jake Akers kicks 74 yards from L.A 35 to S.D -9. Touchback.</t>
   </si>
   <si>
     <t>#33 William Williams - RB</t>
   </si>
   <si>
     <t>#27 Luke Layden - CB</t>
   </si>
   <si>
     <t>#23 Adolfo Allison - CB</t>
   </si>
   <si>
     <t>#25 Justin Stiffler - CB</t>
   </si>
   <si>
     <t>#42 Chad Cota - SS</t>
   </si>
   <si>
     <t>#24 Michael Johnson - CB</t>
   </si>
   <si>
-    <t>#31 Jackie Murphy - CB</t>
+    <t>#20 Jackie Murphy - CB</t>
   </si>
   <si>
     <t>#57 Andy Russell - MLB</t>
   </si>
   <si>
     <t>#95 Larry Paredes - LDE</t>
   </si>
   <si>
     <t>#50 Daniel Bunyard - MLB</t>
   </si>
   <si>
     <t>#53 Ryan Willhite - MLB</t>
   </si>
   <si>
     <t>#6 Jake Akers - K</t>
   </si>
   <si>
     <t>S.D</t>
   </si>
   <si>
     <t>S.D 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-S.D 25 (15:00) 32-Dwight Brummitt ran to S.D 28 for 3 yards. Tackle by 53-Michael Greene.</t>
   </si>
   <si>
     <t>#7 John Maness - QB</t>
   </si>
   <si>
     <t>#32 Dwight Brummitt - RB</t>
   </si>
   <si>
     <t>#87 Justin Burrows - TE</t>
   </si>
   <si>
     <t>#13 Bart Anderson - WR</t>
   </si>
   <si>
-    <t>#13 Jeff McKnight - WR</t>
+    <t>#14 Jeff McKnight - WR</t>
   </si>
   <si>
     <t>#12 Laurence Eberhard - WR</t>
   </si>
   <si>
     <t>#76 Crush Collision - LT</t>
   </si>
   <si>
     <t>#77 John Passmore - LG</t>
   </si>
   <si>
     <t>#56 Thomas Evans - C</t>
   </si>
   <si>
     <t>#67 Glenn Kent - RG</t>
   </si>
   <si>
     <t>#71 Trent Brown - RT</t>
   </si>
   <si>
     <t>#90 Earnest July - LDE</t>
   </si>
   <si>
-    <t>#77 Thomas Lafferty - DT</t>
+    <t>#77 Thomas Lafferty - LDE</t>
   </si>
   <si>
     <t>#91 Clayton Reeder - RDE</t>
   </si>
   <si>
     <t>#52 Timothy Sims - SLB</t>
   </si>
   <si>
     <t>#92 Michael Greene - MLB</t>
   </si>
   <si>
     <t>#51 Wayne Clayton - FS</t>
   </si>
   <si>
     <t>#49 Brandon Kemp - CB</t>
   </si>
   <si>
     <t>#29 Mario Pisani - CB</t>
   </si>
   <si>
     <t>#28 Johnny Henry - CB</t>
   </si>
   <si>
     <t>#48 Thomas Abraham - SS</t>
   </si>
@@ -443,57 +443,57 @@
   <si>
     <t>3-7-S.D 28 (14:18) 32-Dwight Brummitt ran to S.D 28 for a short loss. Tackle by 51-Wayne Clayton.</t>
   </si>
   <si>
     <t>#36 Ken Akins - RB</t>
   </si>
   <si>
     <t>#95 Juan Hoffman - DT</t>
   </si>
   <si>
     <t>13:41</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-7-S.D 28 (13:40) 2-David Zellmer punts 50 yards to L.A 22. Fair Catch by 32-Glenn Howard.</t>
   </si>
   <si>
     <t>#5 David Zellmer - P</t>
   </si>
   <si>
-    <t>#77 Kenneth Bailey - RT</t>
+    <t>#58 Kenneth Bailey - RT</t>
   </si>
   <si>
     <t>#32 Glenn Howard - RB</t>
   </si>
   <si>
-    <t>#58 Jeffrey Hill - MLB</t>
+    <t>#37 Jeffrey Hill - WLB</t>
   </si>
   <si>
     <t>#49 Franklin Borders - SS</t>
   </si>
   <si>
     <t>#69 Andre Putney - LG</t>
   </si>
   <si>
     <t>#78 Carlton Sheets - LT</t>
   </si>
   <si>
     <t>#75 Fausto Johnson - RT</t>
   </si>
   <si>
     <t>#98 Derek Watson - LDE</t>
   </si>
   <si>
     <t>#94 Paul Simpkins - LDE</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>AZR 22</t>
   </si>
@@ -2262,90 +2262,90 @@
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="350.2" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="5.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>