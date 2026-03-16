--- v1 (2026-01-15)
+++ v2 (2026-03-16)
@@ -299,51 +299,51 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 6-Jake Akers kicks 74 yards from L.A 35 to S.D -9. Touchback.</t>
   </si>
   <si>
     <t>#33 William Williams - RB</t>
   </si>
   <si>
     <t>#27 Luke Layden - CB</t>
   </si>
   <si>
     <t>#23 Adolfo Allison - CB</t>
   </si>
   <si>
     <t>#25 Justin Stiffler - CB</t>
   </si>
   <si>
     <t>#42 Chad Cota - SS</t>
   </si>
   <si>
     <t>#24 Michael Johnson - CB</t>
   </si>
   <si>
-    <t>#20 Jackie Murphy - CB</t>
+    <t>#46 Jackie Murphy - CB</t>
   </si>
   <si>
     <t>#57 Andy Russell - MLB</t>
   </si>
   <si>
     <t>#95 Larry Paredes - LDE</t>
   </si>
   <si>
     <t>#50 Daniel Bunyard - MLB</t>
   </si>
   <si>
     <t>#53 Ryan Willhite - MLB</t>
   </si>
   <si>
     <t>#6 Jake Akers - K</t>
   </si>
   <si>
     <t>S.D</t>
   </si>
   <si>
     <t>S.D 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
@@ -488,51 +488,51 @@
   <si>
     <t>#98 Derek Watson - LDE</t>
   </si>
   <si>
     <t>#94 Paul Simpkins - LDE</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>AZR 22</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-L.A 22 (13:33) 45-Paul Johnson ran to L.A 22 for -1 yards. Tackle by 57-Shawn Astle.</t>
   </si>
   <si>
     <t>#17 Larry Merritt - QB</t>
   </si>
   <si>
-    <t>#45 Paul Johnson - RB</t>
+    <t>#21 Paul Johnson - RB</t>
   </si>
   <si>
     <t>#21 David Bell - RB</t>
   </si>
   <si>
     <t>#11 Enrique Clark - WR</t>
   </si>
   <si>
     <t>#87 Stephen Lawson - WR</t>
   </si>
   <si>
     <t>#19 James Flowers - WR</t>
   </si>
   <si>
     <t>#60 Jonathan Perry - LT</t>
   </si>
   <si>
     <t>#74 Richard Taylor - LG</t>
   </si>
   <si>
     <t>#64 Francis Mitchell - C</t>
   </si>
   <si>
     <t>#76 John Rinehart - RG</t>
   </si>