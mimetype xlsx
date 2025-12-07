--- v0 (2025-10-16)
+++ v1 (2025-12-07)
@@ -356,60 +356,60 @@
   <si>
     <t>#5 James Runyon - QB</t>
   </si>
   <si>
     <t>#34 Edward Gallagher - RB</t>
   </si>
   <si>
     <t>#89 James Billings - TE</t>
   </si>
   <si>
     <t>#17 John Shumake - WR</t>
   </si>
   <si>
     <t>#10 Ryan Sims - WR</t>
   </si>
   <si>
     <t>#79 Daniel George - LT</t>
   </si>
   <si>
     <t>#54 Scott Huddleston - LG</t>
   </si>
   <si>
     <t>#68 James Leppert - C</t>
   </si>
   <si>
-    <t>#64 Nick Reynolds - RG</t>
+    <t>#51 Nick Reynolds - RG</t>
   </si>
   <si>
     <t>#70 Ronald Kerr - RT</t>
   </si>
   <si>
     <t>#79 William Wood - LDE</t>
   </si>
   <si>
-    <t>#97 Thomas Meyer - DT</t>
+    <t>#95 Thomas Meyer - DT</t>
   </si>
   <si>
     <t>#69 Daniel Bobbitt - DT</t>
   </si>
   <si>
     <t>#61 Nelson Marquez - RDE</t>
   </si>
   <si>
     <t>#98 Willie Standridge - MLB</t>
   </si>
   <si>
     <t>#54 Jeremy Schlegel - WLB</t>
   </si>
   <si>
     <t>#33 Richard Arevalo - CB</t>
   </si>
   <si>
     <t>#24 Jackie Hoglund - CB</t>
   </si>
   <si>
     <t>#36 William Bruening - FS</t>
   </si>
   <si>
     <t>#29 Korey Young - CB</t>
   </si>
@@ -554,51 +554,51 @@
   <si>
     <t>#86 Michael Dimmick - WR</t>
   </si>
   <si>
     <t>12:35</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>4-3 Under Wide Line</t>
   </si>
   <si>
     <t>3-10-PIT 25 (12:34) 8-Delmar Peters pass complete to 37-Richard Sands to PIT 32 for 8 yards. Tackle by 98-Jesse Russo. Pressure by 96-Alexander Morales.</t>
   </si>
   <si>
     <t>11:49</t>
   </si>
   <si>
     <t>HEW 32</t>
   </si>
   <si>
     <t>4-2-PIT 32 (11:48) 9-Stephen Williams punts 51 yards to TOR 17. 86-Ignacio Walters to TOR 38 for 21 yards.</t>
   </si>
   <si>
-    <t>#9 Stephen Williams - P</t>
+    <t>#12 Stephen Williams - P</t>
   </si>
   <si>
     <t>#50 Gregory Selfridge - C</t>
   </si>
   <si>
     <t>#68 Tyrone Bradford - RG</t>
   </si>
   <si>
     <t>#90 Anthony Doyle - LDE</t>
   </si>
   <si>
     <t>11:37</t>
   </si>
   <si>
     <t>TOR 38</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>1-10-TOR 38 (11:38) 5-James Runyon pass complete to 34-Edward Gallagher to TOR 46 for 9 yards. Tackle by 52-Joshua Shah.</t>
   </si>
   <si>
     <t>11:00</t>
   </si>
@@ -2244,51 +2244,51 @@
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="24.708" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>