--- v1 (2025-12-07)
+++ v2 (2026-02-16)
@@ -338,51 +338,51 @@
   <si>
     <t>#7 Kenneth Williams - K</t>
   </si>
   <si>
     <t>TOR</t>
   </si>
   <si>
     <t>TOR 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-TOR 25 (15:00) 5-James Runyon pass complete to 34-Edward Gallagher to TOR 25 for a short loss. Tackle by 33-Richard Arevalo.</t>
   </si>
   <si>
     <t>#5 James Runyon - QB</t>
   </si>
   <si>
     <t>#34 Edward Gallagher - RB</t>
   </si>
   <si>
-    <t>#89 James Billings - TE</t>
+    <t>#49 James Billings - FB</t>
   </si>
   <si>
     <t>#17 John Shumake - WR</t>
   </si>
   <si>
     <t>#10 Ryan Sims - WR</t>
   </si>
   <si>
     <t>#79 Daniel George - LT</t>
   </si>
   <si>
     <t>#54 Scott Huddleston - LG</t>
   </si>
   <si>
     <t>#68 James Leppert - C</t>
   </si>
   <si>
     <t>#51 Nick Reynolds - RG</t>
   </si>
   <si>
     <t>#70 Ronald Kerr - RT</t>
   </si>
   <si>
     <t>#79 William Wood - LDE</t>
   </si>
@@ -563,51 +563,51 @@
   <si>
     <t>4-3 Under Wide Line</t>
   </si>
   <si>
     <t>3-10-PIT 25 (12:34) 8-Delmar Peters pass complete to 37-Richard Sands to PIT 32 for 8 yards. Tackle by 98-Jesse Russo. Pressure by 96-Alexander Morales.</t>
   </si>
   <si>
     <t>11:49</t>
   </si>
   <si>
     <t>HEW 32</t>
   </si>
   <si>
     <t>4-2-PIT 32 (11:48) 9-Stephen Williams punts 51 yards to TOR 17. 86-Ignacio Walters to TOR 38 for 21 yards.</t>
   </si>
   <si>
     <t>#12 Stephen Williams - P</t>
   </si>
   <si>
     <t>#50 Gregory Selfridge - C</t>
   </si>
   <si>
     <t>#68 Tyrone Bradford - RG</t>
   </si>
   <si>
-    <t>#90 Anthony Doyle - LDE</t>
+    <t>#66 Anthony Doyle - LDE</t>
   </si>
   <si>
     <t>11:37</t>
   </si>
   <si>
     <t>TOR 38</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>1-10-TOR 38 (11:38) 5-James Runyon pass complete to 34-Edward Gallagher to TOR 46 for 9 yards. Tackle by 52-Joshua Shah.</t>
   </si>
   <si>
     <t>11:00</t>
   </si>
   <si>
     <t>TOR 46</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
@@ -674,51 +674,51 @@
   <si>
     <t>HEW 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(9:01) Extra point GOOD by 18-Douglas Wade. TOR 7 PIT 0</t>
   </si>
   <si>
     <t>#18 Douglas Wade - K</t>
   </si>
   <si>
     <t>#58 Michael Gregory - RG</t>
   </si>
   <si>
     <t>#66 Richard Robinson - RT</t>
   </si>
   <si>
     <t>#94 Mario Peachey - WLB</t>
   </si>
   <si>
-    <t>#73 Jeffrey Wetter - DT</t>
+    <t>#65 Jeffrey Wetter - DT</t>
   </si>
   <si>
     <t>#72 Richard Brown - DT</t>
   </si>
   <si>
     <t>#93 Thomas Lewis - MLB</t>
   </si>
   <si>
     <t>TOR 35</t>
   </si>
   <si>
     <t>(9:01) 18-Douglas Wade kicks 72 yards from TOR 35 to PIT -7. Touchback.</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-PIT 25 (9:01) 8-Delmar Peters pass Pass knocked down by 28-Jonathon Morris. incomplete, intended for 17-Michael Dimmick. Pressure by 9-Randy Whitlock.</t>
   </si>
   <si>
     <t>8:55</t>
   </si>
@@ -1262,51 +1262,51 @@
   <si>
     <t>1:10</t>
   </si>
   <si>
     <t>TOR 4</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>3-4-TOR 4 (1:11) 8-Delmar Peters pass complete to 88-Bill Morrison to TOR 2 for 2 yards. Tackle by 23-Jon Clark.</t>
   </si>
   <si>
     <t>0:27</t>
   </si>
   <si>
     <t>TOR 2</t>
   </si>
   <si>
     <t>4-2-TOR 2 (0:26) 7-Kenneth Williams 20 yard field goal is GOOD. TOR 10 PIT 3</t>
   </si>
   <si>
     <t>#13 Gordon Lampe - QB</t>
   </si>
   <si>
-    <t>#68 Robert Lee - LG</t>
+    <t>#61 Robert Lee - LG</t>
   </si>
   <si>
     <t>0:23</t>
   </si>
   <si>
     <t>(0:24) 7-Kenneth Williams kicks 75 yards from PIT 35 to TOR -10. Touchback.</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>1-10-TOR 25 (0:24) 34-Edward Gallagher ran to TOR 35 for 10 yards. Tackle by 29-Korey Young. PIT 98-Willie Standridge was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 18-Douglas Wade kicks 70 yards from TOR 35 to PIT -5. 1-James Heiner to PIT 22 for 28 yards. Tackle by 97-Patrick Lemon.</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>1-10-PIT 22 (14:56) 8-Delmar Peters pass INTERCEPTED by 31-Richard Cole at PIT 32. 31-Richard Cole to PIT 4 for 29 yards. Pressure by 52-Joe Chung.</t>
   </si>