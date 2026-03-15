--- v2 (2026-02-16)
+++ v3 (2026-03-15)
@@ -1784,51 +1784,51 @@
   <si>
     <t>2:55</t>
   </si>
   <si>
     <t>HEW 40</t>
   </si>
   <si>
     <t>1-10-PIT 40 (2:54) 34-Edward Gallagher ran to PIT 30 for 10 yards. Tackle by 29-Korey Young.</t>
   </si>
   <si>
     <t>2:17</t>
   </si>
   <si>
     <t>1-10-PIT 30 (2:16) 29-Manuel Paras ran to PIT 24 for 6 yards. Tackle by 34-Loren Wright.</t>
   </si>
   <si>
     <t>#56 Willie Jepsen - LG</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>2-4-PIT 24 (2:00) 27-Jerry Segura ran to PIT 19 for 5 yards. Tackle by 67-Nelson Marquez.</t>
   </si>
   <si>
-    <t>#27 Jerry Segura - RB</t>
+    <t>#41 Jerry Segura - RB</t>
   </si>
   <si>
     <t>1:58</t>
   </si>
   <si>
     <t>1:55</t>
   </si>
   <si>
     <t>1-10-PIT 19 (1:56) 29-Manuel Paras ran to PIT 18 for 1 yards. Tackle by 99-Thomas Meyer.</t>
   </si>
   <si>
     <t>1:50</t>
   </si>
   <si>
     <t>HEW 18</t>
   </si>
   <si>
     <t>2-9-PIT 18 (1:51) 34-Edward Gallagher ran to PIT 23 for -4 yards. Tackle by 54-Jeremy Schlegel.</t>
   </si>
   <si>
     <t>1:49</t>
   </si>
   <si>
     <t>1:47</t>
   </si>